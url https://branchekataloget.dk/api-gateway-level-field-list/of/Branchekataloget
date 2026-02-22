--- v0 (2026-01-05)
+++ v1 (2026-02-22)
@@ -118,51 +118,51 @@
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rIdSheet2" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:K184"/>
+  <dimension ref="A1:K248"/>
   <cols>
     <col min="1" max="16384" width="13" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="0">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Category</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Field name</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>API key</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Niveau 1</t>
         </is>
       </c>
@@ -1578,224 +1578,224 @@
       </c>
       <c r="H31" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J31" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K31" s="2" t="inlineStr">
         <is>
           <t>Enhed anvendt på volumenfelt</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:11" customHeight="0">
       <c r="A32" s="2" t="inlineStr">
         <is>
           <t>Generelt</t>
         </is>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>UN-nummer</t>
+          <t>REACH-indikator</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>overallInformation|unNumber</t>
+          <t>overallInformation|reachIndicator</t>
         </is>
       </c>
       <c r="F32" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J32" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K32" s="2" t="inlineStr">
         <is>
-          <t>Identificerer farligt gods som sprængstoffer, brandfarlige væsker, iltningsmidler og nogle akut giftige stoffer (4-cifret nummer)</t>
+          <t>Angiver, om produktet er omfattet af REACH-forordningen</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:11" customHeight="0">
       <c r="A33" s="2" t="inlineStr">
         <is>
           <t>Generelt</t>
         </is>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Fareklasse</t>
+          <t>REACH-dato</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>overallInformation|hazardClass</t>
+          <t>overallInformation|reachDate</t>
         </is>
       </c>
       <c r="F33" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H33" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J33" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K33" s="2" t="inlineStr">
         <is>
-          <t>De transportfareklasser, der er blevet tildelt stofferne på grundlag af den største risiko, de udgør</t>
+          <t>Når produktet blev kontrolleret af producenten for REACH (åååå-mm-dd)</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:11" customHeight="0">
       <c r="A34" s="2" t="inlineStr">
         <is>
           <t>Generelt</t>
         </is>
       </c>
       <c r="B34" s="2" t="inlineStr">
         <is>
-          <t>Testet Li-Ion-celle</t>
+          <t>UN-nummer</t>
         </is>
       </c>
       <c r="C34" s="2" t="inlineStr">
         <is>
-          <t>overallInformation|liIonTested</t>
+          <t>overallInformation|unNumber</t>
         </is>
       </c>
       <c r="F34" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H34" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J34" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K34" s="2" t="inlineStr">
         <is>
-          <t>Angiver, om Li-Ion-cellen er blevet testet. Hvis ja, skal det tilsvarende testdokument vedlægges som bilag</t>
+          <t>Identificerer farligt gods som sprængstoffer, brandfarlige væsker, iltningsmidler og nogle akut giftige stoffer (4-cifret nummer)</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:11" customHeight="0">
       <c r="A35" s="2" t="inlineStr">
         <is>
           <t>Generelt</t>
         </is>
       </c>
       <c r="B35" s="2" t="inlineStr">
         <is>
-          <t>REACH-indikator</t>
+          <t>Fareklasse</t>
         </is>
       </c>
       <c r="C35" s="2" t="inlineStr">
         <is>
-          <t>overallInformation|reachIndicator</t>
+          <t>overallInformation|hazardClass</t>
         </is>
       </c>
       <c r="F35" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H35" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J35" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K35" s="2" t="inlineStr">
         <is>
-          <t>Angiver, om produktet er omfattet af REACH-forordningen</t>
+          <t>De transportfareklasser, der er blevet tildelt stofferne på grundlag af den største risiko, de udgør</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:11" customHeight="0">
       <c r="A36" s="2" t="inlineStr">
         <is>
           <t>Generelt</t>
         </is>
       </c>
       <c r="B36" s="2" t="inlineStr">
         <is>
-          <t>REACH-dato</t>
+          <t>Testet Li-Ion-celle</t>
         </is>
       </c>
       <c r="C36" s="2" t="inlineStr">
         <is>
-          <t>overallInformation|reachDate</t>
+          <t>overallInformation|liIonTested</t>
         </is>
       </c>
       <c r="F36" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H36" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J36" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K36" s="2" t="inlineStr">
         <is>
-          <t>Når produktet blev kontrolleret af producenten for REACH (åååå-mm-dd)</t>
+          <t>Angiver, om Li-Ion-cellen er blevet testet. Hvis ja, skal det tilsvarende testdokument vedlægges som bilag</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:11" customHeight="0">
       <c r="A37" s="2" t="inlineStr">
         <is>
           <t>Generelt</t>
         </is>
       </c>
       <c r="B37" s="2" t="inlineStr">
         <is>
           <t>SCIP-nummer</t>
         </is>
       </c>
       <c r="C37" s="2" t="inlineStr">
         <is>
           <t>overallInformation|scipNumber</t>
         </is>
       </c>
       <c r="F37" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H37" s="2" t="inlineStr">
@@ -2730,4699 +2730,6462 @@
       </c>
       <c r="H62" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J62" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K62" s="2" t="inlineStr">
         <is>
           <t>Angiver typen af vedhæftet fil ved hjælp af koden</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:11" customHeight="0">
       <c r="A63" s="2" t="inlineStr">
         <is>
           <t>Vedhæftet fil</t>
         </is>
       </c>
       <c r="B63" s="2" t="inlineStr">
         <is>
-          <t>Beskrivelse</t>
+          <t>Sprog</t>
         </is>
       </c>
       <c r="C63" s="2" t="inlineStr">
         <is>
-          <t>attachments|description</t>
+          <t>attachments|language</t>
         </is>
       </c>
       <c r="F63" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H63" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J63" s="2" t="inlineStr">
         <is>
-          <t>Ja</t>
+          <t>Nej</t>
         </is>
       </c>
       <c r="K63" s="2" t="inlineStr">
         <is>
-          <t>En detaljeret beskrivelse af indholdet af den vedhæftede fil (tekst op til 255 tegn)</t>
+          <t>Sprog(ene) af den vedhæftede fil</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:11" customHeight="0">
       <c r="A64" s="2" t="inlineStr">
         <is>
-          <t>Typer af vedhæftede filer</t>
+          <t>Vedhæftet fil</t>
         </is>
       </c>
       <c r="B64" s="2" t="inlineStr">
         <is>
-          <t>ATX015</t>
-[...9 lines deleted...]
-          <t>+</t>
+          <t>Beskrivelse</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>attachments|description</t>
         </is>
       </c>
       <c r="F64" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H64" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
+      <c r="J64" s="2" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
       <c r="K64" s="2" t="inlineStr">
         <is>
-          <t>Primær produktbillede</t>
+          <t>En detaljeret beskrivelse af indholdet af den vedhæftede fil (tekst op til 255 tegn)</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:11" customHeight="0">
       <c r="A65" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B65" s="2" t="inlineStr">
         <is>
-          <t>ATX001</t>
+          <t>ATX015</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="E65" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="F65" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H65" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K65" s="2" t="inlineStr">
         <is>
-          <t>Godkendelse/certifikat</t>
+          <t>Primær produktbillede (ATX015)</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:11" customHeight="0">
       <c r="A66" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B66" s="2" t="inlineStr">
         <is>
-          <t>ATX002</t>
+          <t>ATX001_MDX008</t>
         </is>
       </c>
       <c r="F66" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H66" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K66" s="2" t="inlineStr">
         <is>
-          <t>3D/BIM objekt</t>
+          <t>Kalibreringscertifikat (ATX001_MDX008)</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:11" customHeight="0">
       <c r="A67" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B67" s="2" t="inlineStr">
         <is>
-          <t>ATX003</t>
+          <t>ATX001_MDX033</t>
         </is>
       </c>
       <c r="F67" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H67" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K67" s="2" t="inlineStr">
         <is>
-          <t>Datablad</t>
+          <t>Testgodkendelse (ATX001_MDX033)</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:11" customHeight="0">
       <c r="A68" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B68" s="2" t="inlineStr">
         <is>
-          <t>ATX004</t>
+          <t>ATX001_MDX042</t>
         </is>
       </c>
       <c r="F68" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H68" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K68" s="2" t="inlineStr">
         <is>
-          <t>Erklæring</t>
+          <t>AVCP-certifikat  (ATX001_MDX042)</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:11" customHeight="0">
       <c r="A69" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B69" s="2" t="inlineStr">
         <is>
-          <t>ATX010</t>
+          <t>ATX001_MDX050</t>
         </is>
       </c>
       <c r="F69" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H69" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K69" s="2" t="inlineStr">
         <is>
-          <t>Diagram</t>
+          <t>CoC (Overensstemmelsescertifikat, krævet til CPR) (ATX001_MDX050)</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:11" customHeight="0">
       <c r="A70" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B70" s="2" t="inlineStr">
         <is>
-          <t>ATX011</t>
+          <t>ATX001_MDX999</t>
         </is>
       </c>
       <c r="F70" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H70" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K70" s="2" t="inlineStr">
         <is>
-          <t>Tegning</t>
+          <t>Godkendelse/certifikat (ATX001_MDX999)</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:11" customHeight="0">
       <c r="A71" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B71" s="2" t="inlineStr">
         <is>
-          <t>ATX012</t>
+          <t>ATX002_MDX037</t>
         </is>
       </c>
       <c r="F71" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H71" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K71" s="2" t="inlineStr">
         <is>
-          <t>Energimærke</t>
+          <t>BIM-objekt (ATX002_MDX037)</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:11" customHeight="0">
       <c r="A72" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B72" s="2" t="inlineStr">
         <is>
-          <t>ATX013</t>
+          <t>ATX002_MDX109</t>
         </is>
       </c>
       <c r="F72" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H72" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K72" s="2" t="inlineStr">
         <is>
-          <t>LCA-dokument (livscyklusvurdering)</t>
+          <t>CAD-fil (ATX002_MDX109)</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:11" customHeight="0">
       <c r="A73" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B73" s="2" t="inlineStr">
         <is>
-          <t>ATX014</t>
+          <t>ATX002_MDX999</t>
         </is>
       </c>
       <c r="F73" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H73" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K73" s="2" t="inlineStr">
         <is>
-          <t>Logo</t>
+          <t>3D/BIM objekt (ATX002_MDX999)</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:11" customHeight="0">
       <c r="A74" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B74" s="2" t="inlineStr">
         <is>
-          <t>ATX016</t>
+          <t>ATX003_MDX007</t>
         </is>
       </c>
       <c r="F74" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H74" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K74" s="2" t="inlineStr">
         <is>
-          <t>Manual</t>
+          <t>Produktdataark til energimærke (ATX003_MDX007)</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:11" customHeight="0">
       <c r="A75" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B75" s="2" t="inlineStr">
         <is>
-          <t>ATX017</t>
+          <t>ATX003_MDX019</t>
         </is>
       </c>
       <c r="F75" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H75" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K75" s="2" t="inlineStr">
         <is>
-          <t>Markedsføringsdokument</t>
+          <t>Belysningsdesign data (ATX003_MDX019)</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:11" customHeight="0">
       <c r="A76" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B76" s="2" t="inlineStr">
         <is>
-          <t>ATX019</t>
+          <t>ATX003_MDX022</t>
         </is>
       </c>
       <c r="F76" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H76" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K76" s="2" t="inlineStr">
         <is>
-          <t>Sikkerhedsdatablad</t>
+          <t>Produktdataark (ATX003_MDX022)</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:11" customHeight="0">
       <c r="A77" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B77" s="2" t="inlineStr">
         <is>
-          <t>ATX020</t>
+          <t>ATX003_MDX999</t>
         </is>
       </c>
       <c r="F77" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H77" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K77" s="2" t="inlineStr">
         <is>
-          <t>Video</t>
+          <t>Datablad (ATX003_MDX999)</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:11" customHeight="0">
       <c r="A78" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B78" s="2" t="inlineStr">
         <is>
-          <t>ATX021</t>
+          <t>ATX004_MDX005</t>
         </is>
       </c>
       <c r="F78" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H78" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K78" s="2" t="inlineStr">
         <is>
-          <t>Garantierklæring</t>
+          <t>REACH-erklæring (ATX004_MDX005)</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:11" customHeight="0">
       <c r="A79" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B79" s="2" t="inlineStr">
         <is>
-          <t>ATX023</t>
+          <t>ATX004_MDX035</t>
         </is>
       </c>
       <c r="F79" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H79" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K79" s="2" t="inlineStr">
         <is>
-          <t>360° produktvisning</t>
+          <t>Langtids leverandørerklæring (LTSD) (ATX004_MDX035)</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:11" customHeight="0">
       <c r="A80" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B80" s="2" t="inlineStr">
         <is>
-          <t>ATX024</t>
+          <t>ATX004_MDX049</t>
         </is>
       </c>
       <c r="F80" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H80" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K80" s="2" t="inlineStr">
         <is>
-          <t>Deeplink produktside</t>
+          <t>RoHS-erklæring (ATX004_MDX049)</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:11" customHeight="0">
       <c r="A81" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B81" s="2" t="inlineStr">
         <is>
-          <t>ATX025</t>
+          <t>ATX004_MDX051</t>
         </is>
       </c>
       <c r="F81" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H81" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K81" s="2" t="inlineStr">
         <is>
-          <t>Reservedelsliste</t>
+          <t>DOP-erklæring (Ydelseserklæring) (ATX004_MDX051)</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:11" customHeight="0">
       <c r="A82" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B82" s="2" t="inlineStr">
         <is>
-          <t>ATX026</t>
+          <t>ATX004_MDX052</t>
         </is>
       </c>
       <c r="F82" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H82" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="K82" s="2" t="inlineStr">
         <is>
-          <t>Miljømærke</t>
+          <t>DOC CE-erklæring (Overensstemmelseserklæring CE) (ATX004_MDX052)</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:11" customHeight="0">
       <c r="A83" s="2" t="inlineStr">
         <is>
           <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B83" s="2" t="inlineStr">
         <is>
-          <t>ATX099</t>
+          <t>ATX004_MDX053</t>
         </is>
       </c>
       <c r="F83" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H83" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I83" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K83" s="2" t="inlineStr">
         <is>
-          <t>Andet</t>
+          <t>BREEAM-erklæring (Bygningsforskningsinstituttets miljøvurderingsmetode) (ATX004_MDX053)</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:11" customHeight="0">
       <c r="A84" s="2" t="inlineStr">
         <is>
-          <t>Attribut (flersproget tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B84" s="2" t="inlineStr">
         <is>
-          <t>Varebetegnelse (Til Branchekatalogets interne administration)</t>
-[...14 lines deleted...]
-          <t>+</t>
+          <t>ATX004_MDX054</t>
         </is>
       </c>
       <c r="F84" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H84" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I84" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K84" s="2" t="inlineStr">
         <is>
-          <t>Branchekatalogets angivelse varens art (f.eks. bøjning, toilet, etgrebsbatteri osv.)</t>
+          <t>EPD-erklæring (Miljøvaredeklaration) (ATX004_MDX054)</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:11" customHeight="0">
       <c r="A85" s="2" t="inlineStr">
         <is>
-          <t>Attribut (tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B85" s="2" t="inlineStr">
         <is>
-          <t>Vvsnummer</t>
-[...14 lines deleted...]
-          <t>+</t>
+          <t>ATX004_MDX055</t>
         </is>
       </c>
       <c r="F85" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G85" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H85" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I85" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K85" s="2" t="inlineStr">
         <is>
-          <t>Unikt identifikationsnummer tildelt HVAC-produktet</t>
+          <t>ETA-erklæring (Europæisk teknisk vurdering) (ATX004_MDX055)</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:11" customHeight="0">
       <c r="A86" s="2" t="inlineStr">
         <is>
-          <t>Attribut (select)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B86" s="2" t="inlineStr">
         <is>
-          <t>Status</t>
-[...14 lines deleted...]
-          <t>+</t>
+          <t>ATX004_MDX105</t>
         </is>
       </c>
       <c r="F86" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H86" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I86" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K86" s="2" t="inlineStr">
         <is>
-          <t>Fortæller hvilken status produktet har. "godkendtpub" = publiceret tilgængelig vare || "godkendtslet" = publiceret men udgået vare</t>
+          <t>WEEE-erklæring (ATX004_MDX105)</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:11" customHeight="0">
       <c r="A87" s="2" t="inlineStr">
         <is>
-          <t>Attribut (tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B87" s="2" t="inlineStr">
         <is>
-          <t>Variation af mærket (Til Branchekatalogets interne administration)</t>
-[...14 lines deleted...]
-          <t>+</t>
+          <t>ATX004_MDX999</t>
         </is>
       </c>
       <c r="F87" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H87" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J87" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K87" s="2" t="inlineStr">
         <is>
-          <t>Administreres af Branchekataloget</t>
+          <t>Erklæring (ATX004_MDX999)</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:11" customHeight="0">
       <c r="A88" s="2" t="inlineStr">
         <is>
-          <t>Attribut (flersproget tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B88" s="2" t="inlineStr">
         <is>
-          <t>Farve (Leverandørens tekst)</t>
-[...9 lines deleted...]
-          <t>+</t>
+          <t>ATX010_MDX010</t>
         </is>
       </c>
       <c r="F88" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H88" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I88" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K88" s="2" t="inlineStr">
         <is>
-          <t>Angiv leverandørens eventuelle egen navngivning af farven (f.eks. “Koksgrå“, “Natsort“, “Petroleumsgrøn“ osv.)</t>
+          <t>Kredsløbsdiagram (ATX010_MDX010)</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:11" customHeight="0">
       <c r="A89" s="2" t="inlineStr">
         <is>
-          <t>Attribut (tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B89" s="2" t="inlineStr">
         <is>
-          <t>Dimension (Leverandørens tekst)</t>
-[...9 lines deleted...]
-          <t>+</t>
+          <t>ATX010_MDX015</t>
         </is>
       </c>
       <c r="F89" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H89" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I89" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K89" s="2" t="inlineStr">
         <is>
-          <t>Kort beskrivelse af varens vigtigste dimensioner. Feltets indhold udgør sammen med indholdet af felterne Varebetegnelse, Variant og Type det primære grundlag for tildeling af Vvsnummer til varen.</t>
+          <t>Lyskegle diagram (ATX010_MDX015)</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:11" customHeight="0">
       <c r="A90" s="2" t="inlineStr">
         <is>
-          <t>Attribut (select)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B90" s="2" t="inlineStr">
         <is>
-          <t>Artikeltype</t>
-[...9 lines deleted...]
-          <t>+</t>
+          <t>ATX010_MDX016</t>
         </is>
       </c>
       <c r="F90" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H90" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I90" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K90" s="2" t="inlineStr">
         <is>
-          <t>Angiv om varen er et primær produkt, noget tilbehør eller en reservedel: BENYT EN NØGLEVÆRDI: product, accessory, sparepart)</t>
+          <t>Lysfordelingskurve (ATX010_MDX016)</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:11" customHeight="0">
       <c r="A91" s="2" t="inlineStr">
         <is>
-          <t>Attribut (flersproget tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B91" s="2" t="inlineStr">
         <is>
-          <t>Type (Leverandørens tekst)</t>
-[...9 lines deleted...]
-          <t>+</t>
+          <t>ATX010_MDX034</t>
         </is>
       </c>
       <c r="F91" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H91" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I91" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K91" s="2" t="inlineStr">
         <is>
-          <t>Nærmere karakteristika af varen og dens anvendelse. Feltets indhold udgør sammen med indholdet af felterne Varebetegnelse, Type og Dimension det primære grundlag for tildeling af Vvsnummer til varen.</t>
+          <t>Ledningsdiagram (ATX010_MDX034)</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:11" customHeight="0">
       <c r="A92" s="2" t="inlineStr">
         <is>
-          <t>Attribut (nummer)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B92" s="2" t="inlineStr">
         <is>
-          <t>UNSPSC nummer</t>
-[...9 lines deleted...]
-          <t>+</t>
+          <t>ATX010_MDX061</t>
         </is>
       </c>
       <c r="F92" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H92" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J92" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K92" s="2" t="inlineStr">
         <is>
-          <t>Angiver varens UNSPSC nummer/kode | Find koden for din varetype her: http://unspsc.gs1.dk/find-din-kode/</t>
+          <t>Flowchart (ATX010_MDX061)</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:11" customHeight="0">
       <c r="A93" s="2" t="inlineStr">
         <is>
-          <t>Attribut (flersproget tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B93" s="2" t="inlineStr">
         <is>
-          <t>Variant (Leverandørens tekst)</t>
-[...9 lines deleted...]
-          <t>+</t>
+          <t>ATX010_MDX999</t>
         </is>
       </c>
       <c r="F93" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H93" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I93" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K93" s="2" t="inlineStr">
         <is>
-          <t>Nærmere karakteristika af varen og dens anvendelse. Feltets indhold udgør sammen med indholdet af felterne Varebetegnelse, Variant og Dimension det primære grundlag for tildeling af Vvsnummer til varen.</t>
+          <t>Diagram (ATX010_MDX999)</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:11" customHeight="0">
       <c r="A94" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B94" s="2" t="inlineStr">
         <is>
-          <t>BASTA-registreret</t>
-[...4 lines deleted...]
-          <t>attributes|ItemBASTAMarked</t>
+          <t>ATX011_MDX012</t>
         </is>
       </c>
       <c r="F94" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H94" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J94" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K94" s="2" t="inlineStr">
         <is>
-          <t>Er varen registreret i BASTA-systemet? (true/false). Frivillig ordning.Hvis ’ja’: Oplys gerne link til produktets registrering.</t>
+          <t>Dimensioneret tegning (ATX011_MDX012)</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:11" customHeight="0">
       <c r="A95" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B95" s="2" t="inlineStr">
         <is>
-          <t>Blauer Engel-mærket</t>
-[...4 lines deleted...]
-          <t>attributes|ItemBlauerEngelMarked</t>
+          <t>ATX011_MDX060</t>
         </is>
       </c>
       <c r="F95" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H95" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J95" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K95" s="2" t="inlineStr">
         <is>
-          <t>Har varen Blauer Engel-mærket?(true/false). Frivillig ordning.     Hvis ’ja’: Husk at medsende Blauer Engel-mærkedokumentation. Tilføje under ATX-kode ATX001</t>
+          <t>Eksplosionsdiagram (ATX011_MDX060)</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:11" customHeight="0">
       <c r="A96" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B96" s="2" t="inlineStr">
         <is>
-          <t>Blauer Engel udløbsdato</t>
-[...4 lines deleted...]
-          <t>attributes|ItemBlauerEngelMarkExpirationDate</t>
+          <t>ATX011_MDX064</t>
         </is>
       </c>
       <c r="F96" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H96" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J96" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K96" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå Frivillig ordning</t>
+          <t>Linjetegning (ATX011_MDX064)</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:11" customHeight="0">
       <c r="A97" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B97" s="2" t="inlineStr">
         <is>
-          <t>Produktgruppen må anvendes til Svanemærket byggeri (uden dokumentationskrav)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemCanBeUsedForSwanMarkedConstructions</t>
+          <t>ATX011_MDX999</t>
         </is>
       </c>
       <c r="F97" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G97" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H97" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J97" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K97" s="2" t="inlineStr">
         <is>
-          <t>Må varen anvendes til Svanemærket byggeri (uden dokumentationskrav / uden at være registreret i Miljømærket Danmarks database)?(true/false)</t>
+          <t>Tegning (ATX011_MDX999)</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:11" customHeight="0">
       <c r="A98" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B98" s="2" t="inlineStr">
         <is>
-          <t>Vugge til Vugge certifikatudløbsdato</t>
-[...4 lines deleted...]
-          <t>attributes|ItemCradleToCradleCertificateExpirationDate</t>
+          <t>ATX012</t>
         </is>
       </c>
       <c r="F98" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H98" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J98" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K98" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+          <t>Energimærke (ATX012)</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:11" customHeight="0">
       <c r="A99" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B99" s="2" t="inlineStr">
         <is>
-          <t>Vugge til Vugge certificeret</t>
-[...4 lines deleted...]
-          <t>attributes|ItemCradleToCradleCertified</t>
+          <t>ATX013</t>
         </is>
       </c>
       <c r="F99" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H99" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J99" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K99" s="2" t="inlineStr">
         <is>
-          <t>Er varen Vugge til Vugge-certificeret? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende Vugge til Vugge-certifikat og tilføje den under ATX-kode ATX001.</t>
+          <t>LCA-dokument (livscyklusvurdering) (ATX013)</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:11" customHeight="0">
       <c r="A100" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B100" s="2" t="inlineStr">
         <is>
-          <t>Dansk Indeklima Mærkning</t>
-[...4 lines deleted...]
-          <t>attributes|ItemDanishIndoorClimateMarked</t>
+          <t>ATX014_MDX017</t>
         </is>
       </c>
       <c r="F100" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H100" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J100" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K100" s="2" t="inlineStr">
         <is>
-          <t>Er varen Dansk Indeklimamærket? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende Dansk indeklimamærke dokumentation. Tilføj under ATX-kode ATX001</t>
+          <t>Enkeltfarve logo (ATX014_MDX017)</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:11" customHeight="0">
       <c r="A101" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B101" s="2" t="inlineStr">
         <is>
-          <t>Dansk Indeklima Mærkning udløbsdato</t>
-[...4 lines deleted...]
-          <t>attributes|ItemDanishIndoorClimatMarkExpirationDate</t>
+          <t>ATX014_MDX018</t>
         </is>
       </c>
       <c r="F101" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H101" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J101" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K101" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+          <t>Fuldfarve logo (ATX014_MDX018)</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:11" customHeight="0">
       <c r="A102" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B102" s="2" t="inlineStr">
         <is>
-          <t>EMICODE-certificeret</t>
-[...4 lines deleted...]
-          <t>attributes|ItemEMICodeMarked</t>
+          <t>ATX014_MDX999</t>
         </is>
       </c>
       <c r="F102" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H102" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J102" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K102" s="2" t="inlineStr">
         <is>
-          <t>Er varen EMICODE-certificeret? (true/false). Frivillig ordning.     Hvis ’ja’: Husk at medsende EMICODE dokumentation. Tilføj under ATX-kode ATX001</t>
+          <t>Logo (ATX014_MDX999)</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:11" customHeight="0">
       <c r="A103" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B103" s="2" t="inlineStr">
         <is>
-          <t>EMICODE udløbsdato</t>
-[...4 lines deleted...]
-          <t>attributes|ItemEMICodeMarkExpirationDate</t>
+          <t>ATX016_MDX014</t>
         </is>
       </c>
       <c r="F103" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H103" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J103" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K103" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+          <t>Brugsanvisning (ATX016_MDX014)</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:11" customHeight="0">
       <c r="A104" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B104" s="2" t="inlineStr">
         <is>
-          <t>EPD-deklaration</t>
-[...4 lines deleted...]
-          <t>attributes|ItemEPDMarked</t>
+          <t>ATX016_MDX021</t>
         </is>
       </c>
       <c r="F104" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H104" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J104" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K104" s="2" t="inlineStr">
         <is>
-          <t>Har varen en EPD (miljøvaredeklaration)? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende EPD-dokumentation og tilføj den under ATX-kode ATX006.</t>
+          <t>Monterings / installationsinstruktion (ATX016_MDX021)</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:11" customHeight="0">
       <c r="A105" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B105" s="2" t="inlineStr">
         <is>
-          <t>EPD-deklaration udløbsdato</t>
-[...4 lines deleted...]
-          <t>attributes|ItemEPDMarkExpirationDate</t>
+          <t>ATX016_MDX038</t>
         </is>
       </c>
       <c r="F105" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H105" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J105" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K105" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+          <t>Vedligeholdelsesinstruktioner (ATX016_MDX038)</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:11" customHeight="0">
       <c r="A106" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B106" s="2" t="inlineStr">
         <is>
-          <t>EU Ecolabel</t>
-[...4 lines deleted...]
-          <t>attributes|ItemEUEcolabel</t>
+          <t>ATX016_MDX106</t>
         </is>
       </c>
       <c r="F106" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H106" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I106" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K106" s="2" t="inlineStr">
         <is>
-          <t>Har varen EU Ecolabel? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende EU Ecolabel dokumentation og tilføje den under ATX-kode ATX001.</t>
+          <t>Genbrugsguide / demonteringsinstruktion (ATX016_MDX106)</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:11" customHeight="0">
       <c r="A107" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B107" s="2" t="inlineStr">
         <is>
-          <t>Indoor Air Comfort- certificeret</t>
-[...4 lines deleted...]
-          <t>attributes|ItemIndoorAirComfortCodeMarked</t>
+          <t>ATX016_MDX999</t>
         </is>
       </c>
       <c r="F107" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H107" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J107" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K107" s="2" t="inlineStr">
         <is>
-          <t>Er varen Indoor Air Comfort-certificeret? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende Indoor Air Comfort-certificat og tilføje den under ATX-kode ATX001</t>
+          <t>Manual (ATX016_MDX999)</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:11" customHeight="0">
       <c r="A108" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B108" s="2" t="inlineStr">
         <is>
-          <t>Indoor Air Comfort udløbsdato</t>
-[...4 lines deleted...]
-          <t>attributes|ItemIndoorAirComfortCodeMarkExpirationDate</t>
+          <t>ATX017_MDX041</t>
         </is>
       </c>
       <c r="F108" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H108" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J108" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K108" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+          <t>Salgsbrochure (ATX017_MDX041)</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:11" customHeight="0">
       <c r="A109" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B109" s="2" t="inlineStr">
         <is>
-          <t>M1-mærket</t>
-[...4 lines deleted...]
-          <t>attributes|ItemM1Marked</t>
+          <t>ATX017_MDX062</t>
         </is>
       </c>
       <c r="F109" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H109" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J109" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K109" s="2" t="inlineStr">
         <is>
-          <t>Er varen M1-mærket? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende M1-mærkedokumentation og tilføje den under ATX-kode ATX001.</t>
+          <t>Produktegenskaber highlights (USP’er) (ATX017_MDX062)</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:11" customHeight="0">
       <c r="A110" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B110" s="2" t="inlineStr">
         <is>
-          <t>M1-mærke udløbsdato</t>
-[...4 lines deleted...]
-          <t>attributes|ItemM1MarkExpirationDate</t>
+          <t>ATX017_MDX107</t>
         </is>
       </c>
       <c r="F110" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H110" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J110" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K110" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+          <t>Applikationseksempel / kundevejledning (ATX017_MDX107)</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:11" customHeight="0">
       <c r="A111" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B111" s="2" t="inlineStr">
         <is>
-          <t>Registreret til Svanemærket byggeri</t>
-[...4 lines deleted...]
-          <t>attributes|ItemRegisteredForSwanMarkedConstructions</t>
+          <t>ATX017_MDX999</t>
         </is>
       </c>
       <c r="F111" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G111" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H111" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J111" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K111" s="2" t="inlineStr">
         <is>
-          <t>Er varen registreret til Svanemærket byggeri? (true/false).Frivillig ordning.</t>
+          <t>Markedsføringsdokument (ATX017_MDX999)</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:11" customHeight="0">
       <c r="A112" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B112" s="2" t="inlineStr">
         <is>
-          <t>Svanemærket</t>
-[...4 lines deleted...]
-          <t>attributes|ItemSwanEcoLabeled</t>
+          <t>ATX018_MDX002</t>
         </is>
       </c>
       <c r="F112" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G112" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H112" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J112" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K112" s="2" t="inlineStr">
         <is>
-          <t>Er varen Svanemærket? (true/false). Frivillig ordning. Hvis ’ja’: Husk at medsende Svanemærke-dokumentation og tilføje den under ATX-kode ATX001</t>
+          <t>Billede af lignende produkt (ATX018_MDX002)</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:11" customHeight="0">
       <c r="A113" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B113" s="2" t="inlineStr">
         <is>
-          <t>Svanemærke udløbsdato</t>
-[...4 lines deleted...]
-          <t>attributes|ItemSwanEcoLabelExpirationDate</t>
+          <t>ATX018_MDX020</t>
         </is>
       </c>
       <c r="F113" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H113" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J113" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K113" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+          <t>Omgivende / applikationsbillede (ATX018_MDX020)</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:11" customHeight="0">
       <c r="A114" s="2" t="inlineStr">
         <is>
-          <t>Attribut (nummer)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B114" s="2" t="inlineStr">
         <is>
-          <t>Antal point ifm. Svanemærket byggeri</t>
-[...4 lines deleted...]
-          <t>attributes|ItemSwanMarkConstructionsPoints</t>
+          <t>ATX018_MDX023</t>
         </is>
       </c>
       <c r="F114" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H114" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J114" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K114" s="2" t="inlineStr">
         <is>
-          <t>Angiv antal point. Frivillig ordning.</t>
+          <t>Produktbillede bagfra (ATX018_MDX023)</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:11" customHeight="0">
       <c r="A115" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B115" s="2" t="inlineStr">
         <is>
-          <t>Omfattet af EU’s tømmerforordning</t>
-[...4 lines deleted...]
-          <t>attributes|ItemCoveredByEUTimberRegulation</t>
+          <t>ATX018_MDX024</t>
         </is>
       </c>
       <c r="F115" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H115" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J115" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K115" s="2" t="inlineStr">
         <is>
-          <t>Er varen omfattet af EU ’s tømmerforordning? (true/false)</t>
+          <t>Produktbillede bundvisning (ATX018_MDX024)</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:11" customHeight="0">
       <c r="A116" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B116" s="2" t="inlineStr">
         <is>
-          <t>FSC-mærket</t>
-[...4 lines deleted...]
-          <t>attributes|ItemFSCMarked</t>
+          <t>ATX018_MDX025</t>
         </is>
       </c>
       <c r="F116" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H116" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J116" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K116" s="2" t="inlineStr">
         <is>
-          <t>Er varen FSC-mærket? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende FSC-certifikat og tilføje den under ATX-kode ATX001.</t>
+          <t>Produktbillede detaljeret visning (ATX018_MDX025)</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:11" customHeight="0">
       <c r="A117" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B117" s="2" t="inlineStr">
         <is>
-          <t>FSC-mærke udløbsdato</t>
-[...4 lines deleted...]
-          <t>attributes|ItemFSCMarkExpirationDate</t>
+          <t>ATX018_MDX026</t>
         </is>
       </c>
       <c r="F117" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H117" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J117" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K117" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+          <t>Produktbillede forfra (ATX018_MDX026)</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:11" customHeight="0">
       <c r="A118" s="2" t="inlineStr">
         <is>
-          <t>Attribut (tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B118" s="2" t="inlineStr">
         <is>
-          <t>Energiklasse</t>
-[...4 lines deleted...]
-          <t>attributes|ItemEnergyClassMark</t>
+          <t>ATX018_MDX027</t>
         </is>
       </c>
       <c r="F118" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H118" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J118" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K118" s="2" t="inlineStr">
         <is>
-          <t>Angiv energiklasse</t>
+          <t>Produktbillede vinklet (ATX018_MDX027)</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:11" customHeight="0">
       <c r="A119" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B119" s="2" t="inlineStr">
         <is>
-          <t>Energiklassificeret</t>
-[...4 lines deleted...]
-          <t>attributes|ItemEnergyClassMarked</t>
+          <t>ATX018_MDX028</t>
         </is>
       </c>
       <c r="F119" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H119" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J119" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K119" s="2" t="inlineStr">
         <is>
-          <t>Er varen energiklassificeret? (true/false). Frivillig ordningHvis ’ja’: Husk at medsende energimærkespecifik produktblad eller EU energimærke og tilføje den under ATX-kode ATX012.</t>
+          <t>Produktbillede topvisning (ATX018_MDX028)</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:11" customHeight="0">
       <c r="A120" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B120" s="2" t="inlineStr">
         <is>
-          <t>Energy Star-mærket</t>
-[...4 lines deleted...]
-          <t>attributes|ItemEnergyStarMarked</t>
+          <t>ATX018_MDX029</t>
         </is>
       </c>
       <c r="F120" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H120" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J120" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K120" s="2" t="inlineStr">
         <is>
-          <t>Er varen Energy Star-mærket? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende Energy Star-certifikat og tilføje den under ATX-kode ATX012</t>
+          <t>Produktbillede set fra venstre side (ATX018_MDX029)</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:11" customHeight="0">
       <c r="A121" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B121" s="2" t="inlineStr">
         <is>
-          <t>Energy Star udløbsdato</t>
-[...4 lines deleted...]
-          <t>attributes|ItemEnergyStarMarkExpirationDate</t>
+          <t>ATX018_MDX030</t>
         </is>
       </c>
       <c r="F121" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H121" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J121" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K121" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+          <t>Produktbillede set fra højre side (ATX018_MDX030)</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:11" customHeight="0">
       <c r="A122" s="2" t="inlineStr">
         <is>
-          <t>Attribut (tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B122" s="2" t="inlineStr">
         <is>
-          <t>Andre standarder</t>
-[...4 lines deleted...]
-          <t>attributes|ItemDSENISOStandard</t>
+          <t>ATX018_MDX047</t>
         </is>
       </c>
       <c r="F122" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H122" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I122" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K122" s="2" t="inlineStr">
         <is>
-          <t>Hvis varen er omfattet af en harmoniseret standard, angives koden her</t>
+          <t>Miniaturebillede af hovedproduktbillede (ATX018_MDX047)</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:11" customHeight="0">
       <c r="A123" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B123" s="2" t="inlineStr">
         <is>
-          <t>Omfattet af en eller flere andre standarder</t>
-[...4 lines deleted...]
-          <t>attributes|ItemSubjectToDSENISOStandard</t>
+          <t>ATX018_MDX059</t>
         </is>
       </c>
       <c r="F123" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H123" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I123" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K123" s="2" t="inlineStr">
         <is>
-          <t>Er varen omfattet af en eller flere andre standarder? (true/false)</t>
+          <t>Produktbillede i kvadratisk format (ATX018_MDX059)</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:11" customHeight="0">
       <c r="A124" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B124" s="2" t="inlineStr">
         <is>
-          <t>Unified Water Label-mærket</t>
-[...4 lines deleted...]
-          <t>attributes|ItemUnifiedWaterLabeled</t>
+          <t>ATX018_MDX065</t>
         </is>
       </c>
       <c r="F124" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H124" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J124" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K124" s="2" t="inlineStr">
         <is>
-          <t>Er varen Unified Water Label mærket? (true/false). Frivillig ordning. Hvis ’ja’: Husk at medsende UWLA-dokumentation og tilføje den under ATX-kode ATX001</t>
+          <t>Produktfamilievisning (ATX018_MDX065)</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:11" customHeight="0">
       <c r="A125" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B125" s="2" t="inlineStr">
         <is>
-          <t>Unified Water Label udløbsdato</t>
-[...4 lines deleted...]
-          <t>attributes|ItemUnifiedWaterLabelExpirationDate</t>
+          <t>ATX018_MDX103</t>
         </is>
       </c>
       <c r="F125" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H125" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J125" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K125" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+          <t>Produktbillede med symbol / tekst (ATX018_MDX103)</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:11" customHeight="0">
       <c r="A126" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B126" s="2" t="inlineStr">
         <is>
-          <t>VA-godkendt</t>
-[...4 lines deleted...]
-          <t>attributes|ItemVAApproved</t>
+          <t>ATX018_MDX104</t>
         </is>
       </c>
       <c r="F126" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H126" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I126" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K126" s="2" t="inlineStr">
         <is>
-          <t>Er varen VA-godkendt? (true/false). Frivillig ordning. Hvis ’ja’: Husk at medsende VA-godkendelse og tilføje den under ATX-kode ATX001</t>
+          <t>Produktbillede emballage (ATX018_MDX104)</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:11" customHeight="0">
       <c r="A127" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B127" s="2" t="inlineStr">
         <is>
-          <t>VA udløbsdato</t>
-[...4 lines deleted...]
-          <t>attributes|ItemVAExpirationDate</t>
+          <t>ATX018_MDX999</t>
         </is>
       </c>
       <c r="F127" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G127" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H127" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I127" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K127" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+          <t>Billede (ATX018_MDX999)</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:11" customHeight="0">
       <c r="A128" s="2" t="inlineStr">
         <is>
-          <t>Attribut (tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B128" s="2" t="inlineStr">
         <is>
-          <t>VA-nummer</t>
-[...4 lines deleted...]
-          <t>attributes|ItemVANumber</t>
+          <t>ATX019</t>
         </is>
       </c>
       <c r="F128" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G128" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H128" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I128" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K128" s="2" t="inlineStr">
         <is>
-          <t>Hvis varen er omfattet danske drikkevandsgodkendelser, angives VA-nummer. Frivillig ordning.</t>
+          <t>Sikkerhedsdatablad (ATX019)</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:11" customHeight="0">
       <c r="A129" s="2" t="inlineStr">
         <is>
-          <t>Attribut (tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B129" s="2" t="inlineStr">
         <is>
-          <t>DK-VAND certifikatnummer</t>
-[...4 lines deleted...]
-          <t>attributes|ItemDKVANDCertificateNumber</t>
+          <t>ATX020_MDX039</t>
         </is>
       </c>
       <c r="F129" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H129" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I129" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K129" s="2" t="inlineStr">
         <is>
-          <t>Angiv varens DK-VAND certifikatnummer. Frivillig ordning.</t>
+          <t>Instruktionsvideo (ATX020_MDX039)</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:11" customHeight="0">
       <c r="A130" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B130" s="2" t="inlineStr">
         <is>
-          <t>DK-VAND certificeret</t>
-[...4 lines deleted...]
-          <t>attributes|ItemDKVANDCertified</t>
+          <t>ATX020_MDX045</t>
         </is>
       </c>
       <c r="F130" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H130" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I130" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K130" s="2" t="inlineStr">
         <is>
-          <t>Er varen DK-VAND certificeret? (true/false). Frivillig ordning.     Hvis ’ja’: Husk at medsende DK-VAND certificering og tilføje den under ATX-kode ATX001</t>
+          <t>Produktvideo (ATX020_MDX045)</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:11" customHeight="0">
       <c r="A131" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B131" s="2" t="inlineStr">
         <is>
-          <t>GDV-godkendt (Danmark)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemGDVApproved</t>
+          <t>ATX020_MDX057</t>
         </is>
       </c>
       <c r="F131" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H131" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I131" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K131" s="2" t="inlineStr">
         <is>
-          <t>Er varen GDV-godkendt? (true/false). Frivillig ordning.  Hvis ’ja’: Husk at medsende GDV-godkendelse og tilføje den under ATX-kode ATX001</t>
+          <t>Applikationsvideo (ATX020_MDX057)</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:11" customHeight="0">
       <c r="A132" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B132" s="2" t="inlineStr">
         <is>
-          <t>GDV-udløbsdato (Danmark)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemGDVExpirationDate</t>
+          <t>ATX020_MDX058</t>
         </is>
       </c>
       <c r="F132" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H132" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I132" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K132" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå</t>
+          <t>Spørgsmål og svar (Q&amp;A video) (ATX020_MDX058)</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:11" customHeight="0">
       <c r="A133" s="2" t="inlineStr">
         <is>
-          <t>Attribut (tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B133" s="2" t="inlineStr">
         <is>
-          <t>GDV-nummer (Danmark)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemGDVNumber</t>
+          <t>ATX020_MDX999</t>
         </is>
       </c>
       <c r="F133" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H133" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I133" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K133" s="2" t="inlineStr">
         <is>
-          <t>Hvis varen er omfattet danske drikkevandsgodkendelser, angives GDV-nummer</t>
+          <t>Video (ATX020_MDX999)</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:11" customHeight="0">
       <c r="A134" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B134" s="2" t="inlineStr">
         <is>
-          <t>Kiwa Water Mark udløbsdato (Nederlandene)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemKIWAExpirationDate</t>
+          <t>ATX021</t>
         </is>
       </c>
       <c r="F134" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H134" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I134" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K134" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning</t>
+          <t>Garantierklæring (ATX021)</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:11" customHeight="0">
       <c r="A135" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B135" s="2" t="inlineStr">
         <is>
-          <t>Kiwa Water Mark-certificeret (Nederlandene)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemKIWAMarked</t>
+          <t>ATX022</t>
         </is>
       </c>
       <c r="F135" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H135" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I135" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K135" s="2" t="inlineStr">
         <is>
-          <t>Er varen Kiwa Water Mark-certificeret? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende Kiwa Water Mark-certifikat og tilføje den under ATX-kode ATX001.</t>
+          <t>Software/firmware (ATX022)</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:11" customHeight="0">
       <c r="A136" s="2" t="inlineStr">
         <is>
-          <t>Attribut (tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B136" s="2" t="inlineStr">
         <is>
-          <t>Kiwa Water Mark-nummer (Nederlandene)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemKIWANumber</t>
+          <t>ATX023</t>
         </is>
       </c>
       <c r="F136" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H136" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I136" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K136" s="2" t="inlineStr">
         <is>
-          <t>Hvis varen er omfattet nederlandske drikkevandsgodkendelser, angives Kiwa-nummer</t>
+          <t>360° produktvisning (ATX023)</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:11" customHeight="0">
       <c r="A137" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B137" s="2" t="inlineStr">
         <is>
-          <t>DVGW/KTW-certificeret (Tyskland)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemKTWDVGWcertified</t>
+          <t>ATX024</t>
         </is>
       </c>
       <c r="F137" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H137" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I137" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K137" s="2" t="inlineStr">
         <is>
-          <t>Er varen DVGW/KTW certificeret? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende DVGW/KTW-certifikat og tilføje den under ATX-kode ATX001</t>
+          <t>Deeplink produktside (ATX024)</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:11" customHeight="0">
       <c r="A138" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B138" s="2" t="inlineStr">
         <is>
-          <t>DVGW/KTW udløbsdato (Tyskland)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemKTWDVGWExpirationDate</t>
+          <t>ATX025</t>
         </is>
       </c>
       <c r="F138" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H138" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I138" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K138" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå.Frivillig ordning</t>
+          <t>Reservedelsliste (ATX025)</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:11" customHeight="0">
       <c r="A139" s="2" t="inlineStr">
         <is>
-          <t>Attribut (tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B139" s="2" t="inlineStr">
         <is>
-          <t>DVGW/KTW-nummer (Tyskland)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemKTWDVGWNumber</t>
+          <t>ATX026_MDX013</t>
         </is>
       </c>
       <c r="F139" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H139" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I139" s="2" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K139" s="2" t="inlineStr">
         <is>
-          <t>Hvis varen er omfattet tyske drikkevandsgodkendelser, angives DVGW/KTW-nummer</t>
+          <t>Miljømærke (type II, ISO 14021) (ATX026_MDX013)</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:11" customHeight="0">
       <c r="A140" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B140" s="2" t="inlineStr">
         <is>
-          <t>RISE-typegodkendelse udløbsdato (Sverige)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemRiseTypeApprovalExpirationDate</t>
+          <t>ATX026_MDX100</t>
         </is>
       </c>
       <c r="F140" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H140" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J140" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K140" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå</t>
+          <t>Miljømærke (type I, ISO 14024) (ATX026_MDX100)</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:11" customHeight="0">
       <c r="A141" s="2" t="inlineStr">
         <is>
-          <t>Attribut (tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B141" s="2" t="inlineStr">
         <is>
-          <t>RISE-typegodkendelsesnummer (Sverige)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemRiseTypeApprovalNumber</t>
+          <t>ATX026_MDX999</t>
         </is>
       </c>
       <c r="F141" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H141" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J141" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K141" s="2" t="inlineStr">
         <is>
-          <t>Hvis varen er omfattet svenske drikkevandsgodkendelser, angives RISE-typegodkendelsesnummer</t>
+          <t>Miljømærke (ATX026_MDX999)</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:11" customHeight="0">
       <c r="A142" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B142" s="2" t="inlineStr">
         <is>
-          <t>RISE-typegodkendt (Sverige)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemRiseTypeApproved</t>
+          <t>ATX099_MDX048</t>
         </is>
       </c>
       <c r="F142" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H142" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J142" s="2" t="inlineStr">
-[...1 lines deleted...]
-          <t>Nej</t>
+      <c r="I142" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="K142" s="2" t="inlineStr">
         <is>
-          <t>Er varen RISE-typegodkendt? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende RISE typegodkendelse og tilføje den under ATX-kode ATX001</t>
+          <t>Piktogram / ikon (ATX099_MDX048)</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:11" customHeight="0">
       <c r="A143" s="2" t="inlineStr">
         <is>
-          <t>Attribut (dato)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B143" s="2" t="inlineStr">
         <is>
-          <t>KIWA udløbsdato (Sverige)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemSPKIWAExpirationDate</t>
+          <t>ATX099_MDX063</t>
         </is>
       </c>
       <c r="F143" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H143" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="I143" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J143" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K143" s="2" t="inlineStr">
         <is>
-          <t>Udløbsdato angives i formatet dd-mm-åååå.Frivillig ordning</t>
+          <t>Specifikationstekst (ATX099_MDX063)</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:11" customHeight="0">
       <c r="A144" s="2" t="inlineStr">
         <is>
-          <t>Attribut (tekst)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B144" s="2" t="inlineStr">
         <is>
-          <t>KIWA-typegodkendelsesnummer (Sverige)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemSPKIWANumber</t>
+          <t>ATX099_MDX101</t>
         </is>
       </c>
       <c r="F144" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H144" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="I144" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J144" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K144" s="2" t="inlineStr">
         <is>
-          <t>Hvis varen er omfattet svenske drikkevandsgodkendelser, angives SP/KIWA-nummer</t>
+          <t>Datamatrix-kode (2D) (ATX099_MDX101)</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:11" customHeight="0">
       <c r="A145" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B145" s="2" t="inlineStr">
         <is>
-          <t>KIWA-typegodkendt (Sverige)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemSPKIWATypeApproved</t>
+          <t>ATX099_MDX102</t>
         </is>
       </c>
       <c r="F145" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H145" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="I145" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J145" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K145" s="2" t="inlineStr">
         <is>
-          <t>Er varen KIWA-typegodkendt? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende RISE typegodkendelse og tilføje den under ATX-kode ATX001</t>
+          <t>QR-kode (ATX099_MDX102)</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:11" customHeight="0">
       <c r="A146" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B146" s="2" t="inlineStr">
         <is>
-          <t>Begrænset holdbarhed</t>
-[...4 lines deleted...]
-          <t>attributes|ItemShelfLife</t>
+          <t>ATX099_MDX108</t>
         </is>
       </c>
       <c r="F146" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H146" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J146" s="2" t="inlineStr">
-[...1 lines deleted...]
-          <t>Nej</t>
+      <c r="I146" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="K146" s="2" t="inlineStr">
         <is>
-          <t>Er der en begrænset holdbarhed/udløbsdato for varen? (true/false)</t>
+          <t>Producentmærke (selvdeklareret) (ATX099_MDX108)</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:11" customHeight="0">
       <c r="A147" s="2" t="inlineStr">
         <is>
-          <t>Attribut (nummer)</t>
+          <t>Typer af vedhæftede filer</t>
         </is>
       </c>
       <c r="B147" s="2" t="inlineStr">
         <is>
-          <t>Batteri afgiftsvægt (kg)</t>
-[...4 lines deleted...]
-          <t>attributes|ItemBatteryTaxWeigth</t>
+          <t>ATX099_MDX999</t>
         </is>
       </c>
       <c r="F147" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H147" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="J147" s="2" t="inlineStr">
-[...1 lines deleted...]
-          <t>Nej</t>
+      <c r="I147" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="K147" s="2" t="inlineStr">
         <is>
-          <t>Angiv den vægt der skal svares batteriafgift af (angives i kg)</t>
+          <t>Andet (ATX099_MDX999)</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:11" customHeight="0">
       <c r="A148" s="2" t="inlineStr">
         <is>
-          <t>Attribut (tekst)</t>
+          <t>Attribut (flersproget tekst)</t>
         </is>
       </c>
       <c r="B148" s="2" t="inlineStr">
         <is>
-          <t>CAS numre og navne</t>
+          <t>Varebetegnelse (Til Branchekatalogets interne administration)</t>
         </is>
       </c>
       <c r="C148" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemCASNumbersAndNames</t>
+          <t>attributes|ItemDesignationBK</t>
+        </is>
+      </c>
+      <c r="D148" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="E148" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="F148" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H148" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
+      <c r="I148" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
       <c r="J148" s="2" t="inlineStr">
         <is>
-          <t>Nej</t>
+          <t>Ja</t>
         </is>
       </c>
       <c r="K148" s="2" t="inlineStr">
         <is>
-          <t>Angiv de CAS-numre der er omfattet af varens SCIP-registrering. Eksempelvis: ”(CAS-nr. 7439-92-1) Lead”</t>
+          <t>Branchekatalogets angivelse varens art (f.eks. bøjning, toilet, etgrebsbatteri osv.)</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:11" customHeight="0">
       <c r="A149" s="2" t="inlineStr">
         <is>
-          <t>Attribut (nummer)</t>
+          <t>Attribut (tekst)</t>
         </is>
       </c>
       <c r="B149" s="2" t="inlineStr">
         <is>
-          <t>Antal batterier</t>
+          <t>Vvsnummer</t>
         </is>
       </c>
       <c r="C149" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemContainsBatteryAmount</t>
+          <t>attributes|ItemVVSNumber</t>
+        </is>
+      </c>
+      <c r="D149" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="E149" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="F149" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
+      <c r="G149" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
       <c r="H149" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
+      <c r="I149" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
       <c r="J149" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K149" s="2" t="inlineStr">
         <is>
-          <t>Hvis varen indeholder batterier, angiv her antallet af batterier</t>
+          <t>Unikt identifikationsnummer tildelt HVAC-produktet</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:11" customHeight="0">
       <c r="A150" s="2" t="inlineStr">
         <is>
           <t>Attribut (select)</t>
         </is>
       </c>
       <c r="B150" s="2" t="inlineStr">
         <is>
-          <t>Batteritype</t>
+          <t>Status</t>
         </is>
       </c>
       <c r="C150" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemContainsBatteryChoises_CVL</t>
+          <t>attributes|ProcessStatus_CVL</t>
+        </is>
+      </c>
+      <c r="D150" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="E150" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="F150" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H150" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
+      <c r="I150" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
       <c r="J150" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K150" s="2" t="inlineStr">
         <is>
-          <t>BENYT EN NØGLEVÆRDI: BAT20 for ’Industribateri’, BAT22 for ’Bilbatteri’, BAT23 for ’Bærbar batteri’</t>
+          <t>Fortæller hvilken status produktet har. "godkendtpub" = publiceret tilgængelig vare || "godkendtslet" = publiceret men udgået vare</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:11" customHeight="0">
       <c r="A151" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Attribut (tekst)</t>
         </is>
       </c>
       <c r="B151" s="2" t="inlineStr">
         <is>
-          <t>Indeholder PVC</t>
+          <t>Variation af mærket (Til Branchekatalogets interne administration)</t>
         </is>
       </c>
       <c r="C151" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemContainsPVC</t>
+          <t>attributes|TypeDesignationBySupplier</t>
+        </is>
+      </c>
+      <c r="D151" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="E151" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="F151" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H151" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J151" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K151" s="2" t="inlineStr">
         <is>
-          <t>Indeholder varen PVC? (true/false)</t>
+          <t>Administreres af Branchekataloget</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:11" customHeight="0">
       <c r="A152" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Attribut (flersproget tekst)</t>
         </is>
       </c>
       <c r="B152" s="2" t="inlineStr">
         <is>
-          <t>Farligt gods?</t>
+          <t>Farve (Leverandørens tekst)</t>
         </is>
       </c>
       <c r="C152" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemDG</t>
+          <t>attributes|ItemColorVariant</t>
+        </is>
+      </c>
+      <c r="E152" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="F152" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H152" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
+      <c r="I152" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
       <c r="J152" s="2" t="inlineStr">
         <is>
-          <t>Nej</t>
+          <t>Ja</t>
         </is>
       </c>
       <c r="K152" s="2" t="inlineStr">
         <is>
-          <t>Er varen kategoriseret som farligt gods?(true/false)</t>
+          <t>Angiv leverandørens eventuelle egen navngivning af farven (f.eks. “Koksgrå“, “Natsort“, “Petroleumsgrøn“ osv.)</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:11" customHeight="0">
       <c r="A153" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Attribut (tekst)</t>
         </is>
       </c>
       <c r="B153" s="2" t="inlineStr">
         <is>
-          <t>Indberetningspligtig jvf. lov om Udgangsstoffer for eksplosivstoffer</t>
+          <t>Dimension (Leverandørens tekst)</t>
         </is>
       </c>
       <c r="C153" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemExplosivesPrecursor</t>
+          <t>attributes|ItemDimension</t>
+        </is>
+      </c>
+      <c r="E153" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="F153" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H153" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
+      <c r="I153" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
       <c r="J153" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K153" s="2" t="inlineStr">
         <is>
-          <t>Er der indberetningspligt jf. lov om Udgangsstoffer for eksplosivstoffer? (true/false)</t>
+          <t>Kort beskrivelse af varens vigtigste dimensioner. Feltets indhold udgør sammen med indholdet af felterne Varebetegnelse, Variant og Type det primære grundlag for tildeling af Vvsnummer til varen.</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:11" customHeight="0">
       <c r="A154" s="2" t="inlineStr">
         <is>
           <t>Attribut (select)</t>
         </is>
       </c>
       <c r="B154" s="2" t="inlineStr">
         <is>
-          <t>PVC blødgører type</t>
+          <t>Artikeltype</t>
         </is>
       </c>
       <c r="C154" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemPVCPlasticiserType_CVL</t>
+          <t>attributes|ItemItemType_CVL</t>
+        </is>
+      </c>
+      <c r="E154" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="F154" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H154" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
+      <c r="I154" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
       <c r="J154" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K154" s="2" t="inlineStr">
         <is>
-          <t>Angiv PVC blødgører type: BENYT EN NØGLEVÆRDI: FtalatBased , NonFtalatBased , NoPlasticiser</t>
+          <t>Angiv om varen er et primær produkt, noget tilbehør eller en reservedel: BENYT EN NØGLEVÆRDI: product, accessory, sparepart)</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:11" customHeight="0">
       <c r="A155" s="2" t="inlineStr">
         <is>
-          <t>Attribut (nummer)</t>
+          <t>Attribut (flersproget tekst)</t>
         </is>
       </c>
       <c r="B155" s="2" t="inlineStr">
         <is>
-          <t>PVC afgiftsvægt (kg)</t>
+          <t>Type (Leverandørens tekst)</t>
         </is>
       </c>
       <c r="C155" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemPVCTaxWeigth</t>
+          <t>attributes|ItemType</t>
+        </is>
+      </c>
+      <c r="E155" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="F155" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H155" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
+      <c r="I155" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
       <c r="J155" s="2" t="inlineStr">
         <is>
-          <t>Nej</t>
+          <t>Ja</t>
         </is>
       </c>
       <c r="K155" s="2" t="inlineStr">
         <is>
-          <t>Angiv den vægt der skal svares PVC-afgift af (angives i kg)</t>
+          <t>Nærmere karakteristika af varen og dens anvendelse. Feltets indhold udgør sammen med indholdet af felterne Varebetegnelse, Type og Dimension det primære grundlag for tildeling af Vvsnummer til varen.</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:11" customHeight="0">
       <c r="A156" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Attribut (nummer)</t>
         </is>
       </c>
       <c r="B156" s="2" t="inlineStr">
         <is>
-          <t>Kræver giftmeddelelse</t>
+          <t>UNSPSC nummer</t>
         </is>
       </c>
       <c r="C156" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemRequireToxicCertificat</t>
+          <t>attributes|ItemUNSPSC</t>
+        </is>
+      </c>
+      <c r="E156" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="F156" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H156" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J156" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K156" s="2" t="inlineStr">
         <is>
-          <t>Kræver varen gifttilladelse? (true/false)</t>
+          <t>Angiver varens UNSPSC nummer/kode | Find koden for din varetype her: http://unspsc.gs1.dk/find-din-kode/</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:11" customHeight="0">
       <c r="A157" s="2" t="inlineStr">
         <is>
-          <t>Attribut (logisk værdi)</t>
+          <t>Attribut (flersproget tekst)</t>
         </is>
       </c>
       <c r="B157" s="2" t="inlineStr">
         <is>
-          <t>Omfattet af WEEE/elretur</t>
+          <t>Variant (Leverandørens tekst)</t>
         </is>
       </c>
       <c r="C157" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemSubjectToWEEE</t>
+          <t>attributes|ItemVariant</t>
+        </is>
+      </c>
+      <c r="E157" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="F157" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H157" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
+      <c r="I157" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
       <c r="J157" s="2" t="inlineStr">
         <is>
-          <t>Nej</t>
+          <t>Ja</t>
         </is>
       </c>
       <c r="K157" s="2" t="inlineStr">
         <is>
-          <t>Er varen omfattet af WEEE/EL-Retur? (true/false)</t>
+          <t>Nærmere karakteristika af varen og dens anvendelse. Feltets indhold udgør sammen med indholdet af felterne Varebetegnelse, Variant og Dimension det primære grundlag for tildeling af Vvsnummer til varen.</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:11" customHeight="0">
       <c r="A158" s="2" t="inlineStr">
         <is>
-          <t>Attribut (select)</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B158" s="2" t="inlineStr">
         <is>
-          <t>WEEE elreturkode</t>
+          <t>BASTA-registreret</t>
         </is>
       </c>
       <c r="C158" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemWEEECode_CVL</t>
+          <t>attributes|ItemBASTAMarked</t>
         </is>
       </c>
       <c r="F158" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H158" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J158" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K158" s="2" t="inlineStr">
         <is>
-          <t>Angiv WEEE EL-Returkode: BENYT EN NØGLEVÆRDI:  WEEE1_1 , WEEE1_2 , WEEE2_1 , WEEE2_2 , WEEE3_1 , WEEE4_1 , WEEE4_2 , WEEE4_3 , WEEE5_1 , WEEE6_1 , WEEE7_1</t>
+          <t>Er varen registreret i BASTA-systemet? (true/false). Frivillig ordning.Hvis ’ja’: Oplys gerne link til produktets registrering.</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:11" customHeight="0">
       <c r="A159" s="2" t="inlineStr">
         <is>
-          <t>Attribut (nummer)</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B159" s="2" t="inlineStr">
         <is>
-          <t>WEEE afgiftsvægt (kg)</t>
+          <t>Blauer Engel-mærket</t>
         </is>
       </c>
       <c r="C159" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemWEEETaxWeigth</t>
+          <t>attributes|ItemBlauerEngelMarked</t>
         </is>
       </c>
       <c r="F159" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H159" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J159" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K159" s="2" t="inlineStr">
         <is>
-          <t>Angiv den vægt der skal svares WEEE-afgift af (angives i kg)</t>
+          <t>Har varen Blauer Engel-mærket?(true/false). Frivillig ordning.     Hvis ’ja’: Husk at medsende Blauer Engel-mærkedokumentation. Tilføje under ATX-kode ATX001</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:11" customHeight="0">
       <c r="A160" s="2" t="inlineStr">
         <is>
-          <t>Attribut (nummer)</t>
+          <t>Attribut (dato)</t>
         </is>
       </c>
       <c r="B160" s="2" t="inlineStr">
         <is>
-          <t>Country Branch Number HVAC DK</t>
+          <t>Blauer Engel udløbsdato</t>
         </is>
       </c>
       <c r="C160" s="2" t="inlineStr">
         <is>
-          <t>attributes|CBN_HVAC_DK</t>
+          <t>attributes|ItemBlauerEngelMarkExpirationDate</t>
         </is>
       </c>
       <c r="F160" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H160" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J160" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
+        </is>
+      </c>
+      <c r="K160" s="2" t="inlineStr">
+        <is>
+          <t>Udløbsdato angives i formatet dd-mm-åååå Frivillig ordning</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:11" customHeight="0">
       <c r="A161" s="2" t="inlineStr">
         <is>
-          <t>Attribut (nummer)</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B161" s="2" t="inlineStr">
         <is>
-          <t>Country Branch Number HVAC FI</t>
+          <t>Produktgruppen må anvendes til Svanemærket byggeri (uden dokumentationskrav)</t>
         </is>
       </c>
       <c r="C161" s="2" t="inlineStr">
         <is>
-          <t>attributes|CBN_HVAC_FI</t>
+          <t>attributes|ItemCanBeUsedForSwanMarkedConstructions</t>
         </is>
       </c>
       <c r="F161" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
+      <c r="G161" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
       <c r="H161" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J161" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
+        </is>
+      </c>
+      <c r="K161" s="2" t="inlineStr">
+        <is>
+          <t>Må varen anvendes til Svanemærket byggeri (uden dokumentationskrav / uden at være registreret i Miljømærket Danmarks database)?(true/false)</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:11" customHeight="0">
       <c r="A162" s="2" t="inlineStr">
         <is>
-          <t>Attribut (nummer)</t>
+          <t>Attribut (dato)</t>
         </is>
       </c>
       <c r="B162" s="2" t="inlineStr">
         <is>
-          <t>Country Branch Number HVAC NO</t>
+          <t>Vugge til Vugge certifikatudløbsdato</t>
         </is>
       </c>
       <c r="C162" s="2" t="inlineStr">
         <is>
-          <t>attributes|CBN_HVAC_NO</t>
+          <t>attributes|ItemCradleToCradleCertificateExpirationDate</t>
         </is>
       </c>
       <c r="F162" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H162" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J162" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
+        </is>
+      </c>
+      <c r="K162" s="2" t="inlineStr">
+        <is>
+          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:11" customHeight="0">
       <c r="A163" s="2" t="inlineStr">
         <is>
-          <t>Attribut (nummer)</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B163" s="2" t="inlineStr">
         <is>
-          <t>Country Branch Number HVAC SE</t>
+          <t>Vugge til Vugge certificeret</t>
         </is>
       </c>
       <c r="C163" s="2" t="inlineStr">
         <is>
-          <t>attributes|CBN_HVAC_SE</t>
+          <t>attributes|ItemCradleToCradleCertified</t>
         </is>
       </c>
       <c r="F163" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H163" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J163" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
+        </is>
+      </c>
+      <c r="K163" s="2" t="inlineStr">
+        <is>
+          <t>Er varen Vugge til Vugge-certificeret? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende Vugge til Vugge-certifikat og tilføje den under ATX-kode ATX001.</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:11" customHeight="0">
       <c r="A164" s="2" t="inlineStr">
         <is>
-          <t>Attribut (nummer)</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B164" s="2" t="inlineStr">
         <is>
-          <t>EPREL-ID</t>
+          <t>Dansk Indeklima Mærkning</t>
         </is>
       </c>
       <c r="C164" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemEPREL</t>
+          <t>attributes|ItemDanishIndoorClimateMarked</t>
         </is>
       </c>
       <c r="F164" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H164" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J164" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K164" s="2" t="inlineStr">
         <is>
-          <t>EPREL-ID (European Product Registry for Energy Labelling) er et unikt identifikationsnummer, der tildeles produkter, som er omfattet af EU’s energimærkningskrav. Det bruges i forbindelse med den obligatoriske registrering af energimærkede produkter.</t>
+          <t>Er varen Dansk Indeklimamærket? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende Dansk indeklimamærke dokumentation. Tilføj under ATX-kode ATX001</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:11" customHeight="0">
       <c r="A165" s="2" t="inlineStr">
         <is>
-          <t>Attribut (flersproget tekst)</t>
+          <t>Attribut (dato)</t>
         </is>
       </c>
       <c r="B165" s="2" t="inlineStr">
         <is>
-          <t>Materiale (Leverandørens tekst)</t>
+          <t>Dansk Indeklima Mærkning udløbsdato</t>
         </is>
       </c>
       <c r="C165" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemMaterial</t>
+          <t>attributes|ItemDanishIndoorClimatMarkExpirationDate</t>
         </is>
       </c>
       <c r="F165" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H165" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I165" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="J165" s="2" t="inlineStr">
         <is>
-          <t>Ja</t>
+          <t>Nej</t>
         </is>
       </c>
       <c r="K165" s="2" t="inlineStr">
         <is>
-          <t>Informationer om hvilke(t) materiale(r) varen er fremstillet af</t>
+          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:11" customHeight="0">
       <c r="A166" s="2" t="inlineStr">
         <is>
-          <t>Attribut (flersproget tekst)</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B166" s="2" t="inlineStr">
         <is>
-          <t>Overflade (Leverandørens tekst)</t>
+          <t>EMICODE-certificeret</t>
         </is>
       </c>
       <c r="C166" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemSurface</t>
+          <t>attributes|ItemEMICodeMarked</t>
         </is>
       </c>
       <c r="F166" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H166" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="I166" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="J166" s="2" t="inlineStr">
         <is>
-          <t>Ja</t>
+          <t>Nej</t>
         </is>
       </c>
       <c r="K166" s="2" t="inlineStr">
         <is>
-          <t>Informationer om varens overfladekarakter og -egenskaber</t>
+          <t>Er varen EMICODE-certificeret? (true/false). Frivillig ordning.     Hvis ’ja’: Husk at medsende EMICODE dokumentation. Tilføj under ATX-kode ATX001</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:11" customHeight="0">
       <c r="A167" s="2" t="inlineStr">
         <is>
-          <t>Attribut (flersproget tekst)</t>
+          <t>Attribut (dato)</t>
         </is>
       </c>
       <c r="B167" s="2" t="inlineStr">
         <is>
-          <t>Anvendes til</t>
+          <t>EMICODE udløbsdato</t>
         </is>
       </c>
       <c r="C167" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemUsedFor</t>
+          <t>attributes|ItemEMICodeMarkExpirationDate</t>
         </is>
       </c>
       <c r="F167" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H167" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J167" s="2" t="inlineStr">
         <is>
-          <t>Ja</t>
+          <t>Nej</t>
         </is>
       </c>
       <c r="K167" s="2" t="inlineStr">
         <is>
-          <t>Hvis varen anvendes til specifikke medier, rørtyper eller andre anvendelsesforhold angives det her.</t>
+          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:11" customHeight="0">
       <c r="A168" s="2" t="inlineStr">
         <is>
-          <t>Attribut (reference)</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B168" s="2" t="inlineStr">
         <is>
-          <t>CE-mærket</t>
+          <t>EPD-deklaration</t>
         </is>
       </c>
       <c r="C168" s="2" t="inlineStr">
         <is>
-          <t>attributes|ItemCE</t>
+          <t>attributes|ItemEPDMarked</t>
+        </is>
+      </c>
+      <c r="F168" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
         </is>
       </c>
       <c r="H168" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J168" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K168" s="2" t="inlineStr">
         <is>
-          <t>Er varen CE-mærket?  (true/false). Frivillig ordning.    Hvis ’ja’: Husk at medsende ydeevnedeklaration (DoP) og tilføje den under ATX-kode ATX005   ELLER   Overensstemmelsesærklæring (DoC) og tilføje den under ATX-kode ATX001</t>
+          <t>Har varen en EPD (miljøvaredeklaration)? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende EPD-dokumentation og tilføj den under ATX-kode ATX006.</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:11" customHeight="0">
       <c r="A169" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (dato)</t>
         </is>
       </c>
       <c r="B169" s="2" t="inlineStr">
         <is>
-          <t>database</t>
+          <t>EPD-deklaration udløbsdato</t>
         </is>
       </c>
       <c r="C169" s="2" t="inlineStr">
         <is>
-          <t>lca|database</t>
+          <t>attributes|ItemEPDMarkExpirationDate</t>
         </is>
       </c>
       <c r="F169" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G169" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H169" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J169" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K169" s="2" t="inlineStr">
         <is>
-          <t>Database for LCA-datasættet</t>
+          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:11" customHeight="0">
       <c r="A170" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B170" s="2" t="inlineStr">
         <is>
-          <t>UUID</t>
+          <t>EU Ecolabel</t>
         </is>
       </c>
       <c r="C170" s="2" t="inlineStr">
         <is>
-          <t>lca|uuid</t>
+          <t>attributes|ItemEUEcolabel</t>
         </is>
       </c>
       <c r="F170" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G170" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H170" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
+      <c r="I170" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
       <c r="J170" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K170" s="2" t="inlineStr">
         <is>
-          <t>Universel unik identifikator for LCA-datasættet</t>
+          <t>Har varen EU Ecolabel? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende EU Ecolabel dokumentation og tilføje den under ATX-kode ATX001.</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:11" customHeight="0">
       <c r="A171" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B171" s="2" t="inlineStr">
         <is>
-          <t>Link</t>
+          <t>Indoor Air Comfort- certificeret</t>
         </is>
       </c>
       <c r="C171" s="2" t="inlineStr">
         <is>
-          <t>lca|link</t>
+          <t>attributes|ItemIndoorAirComfortCodeMarked</t>
         </is>
       </c>
       <c r="F171" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G171" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H171" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J171" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K171" s="2" t="inlineStr">
         <is>
-          <t>Link til kilde-LCA-datasættet i databasen</t>
+          <t>Er varen Indoor Air Comfort-certificeret? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende Indoor Air Comfort-certificat og tilføje den under ATX-kode ATX001</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:11" customHeight="0">
       <c r="A172" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (dato)</t>
         </is>
       </c>
       <c r="B172" s="2" t="inlineStr">
         <is>
-          <t>EPD-link</t>
+          <t>Indoor Air Comfort udløbsdato</t>
         </is>
       </c>
       <c r="C172" s="2" t="inlineStr">
         <is>
-          <t>lca|epdLink</t>
+          <t>attributes|ItemIndoorAirComfortCodeMarkExpirationDate</t>
         </is>
       </c>
       <c r="F172" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G172" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H172" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J172" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K172" s="2" t="inlineStr">
         <is>
-          <t>Link til miljøvaredeklarationen (EPD)</t>
+          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:11" customHeight="0">
       <c r="A173" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B173" s="2" t="inlineStr">
         <is>
-          <t>Kategori</t>
+          <t>M1-mærket</t>
         </is>
       </c>
       <c r="C173" s="2" t="inlineStr">
         <is>
-          <t>lca|category</t>
+          <t>attributes|ItemM1Marked</t>
         </is>
       </c>
       <c r="F173" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G173" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H173" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J173" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K173" s="2" t="inlineStr">
         <is>
-          <t>Kategori for LCA-datasættet</t>
+          <t>Er varen M1-mærket? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende M1-mærkedokumentation og tilføje den under ATX-kode ATX001.</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:11" customHeight="0">
       <c r="A174" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (dato)</t>
         </is>
       </c>
       <c r="B174" s="2" t="inlineStr">
         <is>
-          <t>Navn</t>
+          <t>M1-mærke udløbsdato</t>
         </is>
       </c>
       <c r="C174" s="2" t="inlineStr">
         <is>
-          <t>lca|name</t>
+          <t>attributes|ItemM1MarkExpirationDate</t>
         </is>
       </c>
       <c r="F174" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G174" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H174" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J174" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K174" s="2" t="inlineStr">
         <is>
-          <t>Navn på LCA-datasættet</t>
+          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:11" customHeight="0">
       <c r="A175" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B175" s="2" t="inlineStr">
         <is>
-          <t>Beliggenhed</t>
+          <t>Registreret til Svanemærket byggeri</t>
         </is>
       </c>
       <c r="C175" s="2" t="inlineStr">
         <is>
-          <t>lca|location</t>
+          <t>attributes|ItemRegisteredForSwanMarkedConstructions</t>
         </is>
       </c>
       <c r="F175" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="G175" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H175" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J175" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K175" s="2" t="inlineStr">
         <is>
-          <t>Land/region for LCA-datasættet</t>
+          <t>Er varen registreret til Svanemærket byggeri? (true/false).Frivillig ordning.</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:11" customHeight="0">
       <c r="A176" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B176" s="2" t="inlineStr">
         <is>
-          <t>Gyldig til</t>
+          <t>Svanemærket</t>
         </is>
       </c>
       <c r="C176" s="2" t="inlineStr">
         <is>
-          <t>lca|validTo</t>
+          <t>attributes|ItemSwanEcoLabeled</t>
         </is>
       </c>
       <c r="F176" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="G176" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="H176" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J176" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K176" s="2" t="inlineStr">
         <is>
-          <t>Gyldighedsår for LCA-datasættet</t>
+          <t>Er varen Svanemærket? (true/false). Frivillig ordning. Hvis ’ja’: Husk at medsende Svanemærke-dokumentation og tilføje den under ATX-kode ATX001</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:11" customHeight="0">
       <c r="A177" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (dato)</t>
         </is>
       </c>
       <c r="B177" s="2" t="inlineStr">
         <is>
-          <t>Navn på referencestrømmen</t>
+          <t>Svanemærke udløbsdato</t>
         </is>
       </c>
       <c r="C177" s="2" t="inlineStr">
         <is>
-          <t>lca|referenceFlowName</t>
+          <t>attributes|ItemSwanEcoLabelExpirationDate</t>
         </is>
       </c>
       <c r="F177" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G177" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H177" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J177" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K177" s="2" t="inlineStr">
         <is>
-          <t>Navn på referencen LCA-datasæt</t>
+          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:11" customHeight="0">
       <c r="A178" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (nummer)</t>
         </is>
       </c>
       <c r="B178" s="2" t="inlineStr">
         <is>
-          <t>Enhed for referenceflowet</t>
+          <t>Antal point ifm. Svanemærket byggeri</t>
         </is>
       </c>
       <c r="C178" s="2" t="inlineStr">
         <is>
-          <t>lca|referenceFlowUnit</t>
+          <t>attributes|ItemSwanMarkConstructionsPoints</t>
         </is>
       </c>
       <c r="F178" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G178" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H178" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J178" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K178" s="2" t="inlineStr">
         <is>
-          <t>Konverteringsenhed for LCA-referencedatasættet</t>
+          <t>Angiv antal point. Frivillig ordning.</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:11" customHeight="0">
       <c r="A179" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B179" s="2" t="inlineStr">
         <is>
-          <t>Link til referencestrømmen</t>
+          <t>Omfattet af EU’s tømmerforordning</t>
         </is>
       </c>
       <c r="C179" s="2" t="inlineStr">
         <is>
-          <t>lca|referenceFlowLink</t>
+          <t>attributes|ItemCoveredByEUTimberRegulation</t>
         </is>
       </c>
       <c r="F179" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G179" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H179" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J179" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K179" s="2" t="inlineStr">
         <is>
-          <t>Link til websiden til reference LCA-datasættet</t>
+          <t>Er varen omfattet af EU ’s tømmerforordning? (true/false)</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:11" customHeight="0">
       <c r="A180" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B180" s="2" t="inlineStr">
         <is>
-          <t>Type</t>
+          <t>FSC-mærket</t>
         </is>
       </c>
       <c r="C180" s="2" t="inlineStr">
         <is>
-          <t>lca|type</t>
+          <t>attributes|ItemFSCMarked</t>
         </is>
       </c>
       <c r="F180" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G180" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H180" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J180" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K180" s="2" t="inlineStr">
         <is>
-          <t>Type af LCA-datasæt</t>
+          <t>Er varen FSC-mærket? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende FSC-certifikat og tilføje den under ATX-kode ATX001.</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:11" customHeight="0">
       <c r="A181" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (dato)</t>
         </is>
       </c>
       <c r="B181" s="2" t="inlineStr">
         <is>
-          <t>Ejer</t>
+          <t>FSC-mærke udløbsdato</t>
         </is>
       </c>
       <c r="C181" s="2" t="inlineStr">
         <is>
-          <t>lca|owner</t>
+          <t>attributes|ItemFSCMarkExpirationDate</t>
         </is>
       </c>
       <c r="F181" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G181" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H181" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J181" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K181" s="2" t="inlineStr">
         <is>
-          <t>Ejer/skaber af LCA-datasættet</t>
+          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:11" customHeight="0">
       <c r="A182" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (tekst)</t>
         </is>
       </c>
       <c r="B182" s="2" t="inlineStr">
         <is>
-          <t>Overensstemmelse</t>
+          <t>Energiklasse</t>
         </is>
       </c>
       <c r="C182" s="2" t="inlineStr">
         <is>
-          <t>lca|compliance</t>
+          <t>attributes|ItemEnergyClassMark</t>
         </is>
       </c>
       <c r="F182" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G182" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H182" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J182" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K182" s="2" t="inlineStr">
         <is>
-          <t>LCA-datasættets overensstemmelse med DIN/EN-standarderne</t>
+          <t>Angiv energiklasse</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:11" customHeight="0">
       <c r="A183" s="2" t="inlineStr">
         <is>
-          <t>LCA</t>
+          <t>Attribut (logisk værdi)</t>
         </is>
       </c>
       <c r="B183" s="2" t="inlineStr">
         <is>
-          <t>Type af gennemgang</t>
+          <t>Energiklassificeret</t>
         </is>
       </c>
       <c r="C183" s="2" t="inlineStr">
         <is>
-          <t>lca|reviewType</t>
+          <t>attributes|ItemEnergyClassMarked</t>
         </is>
       </c>
       <c r="F183" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
-      <c r="G183" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="H183" s="2" t="inlineStr">
         <is>
           <t>+</t>
         </is>
       </c>
       <c r="J183" s="2" t="inlineStr">
         <is>
           <t>Nej</t>
         </is>
       </c>
       <c r="K183" s="2" t="inlineStr">
         <is>
-          <t>Type enhed, der udfører uafhængig vurdering og validering af LCA-undersøgelsesdata, -metoder og -resultater</t>
+          <t>Er varen energiklassificeret? (true/false). Frivillig ordningHvis ’ja’: Husk at medsende energimærkespecifik produktblad eller EU energimærke og tilføje den under ATX-kode ATX012.</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:11" customHeight="0">
       <c r="A184" s="2" t="inlineStr">
         <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B184" s="2" t="inlineStr">
+        <is>
+          <t>Energy Star-mærket</t>
+        </is>
+      </c>
+      <c r="C184" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemEnergyStarMarked</t>
+        </is>
+      </c>
+      <c r="F184" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H184" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J184" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K184" s="2" t="inlineStr">
+        <is>
+          <t>Er varen Energy Star-mærket? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende Energy Star-certifikat og tilføje den under ATX-kode ATX012</t>
+        </is>
+      </c>
+    </row>
+    <row r="185" spans="1:11" customHeight="0">
+      <c r="A185" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (dato)</t>
+        </is>
+      </c>
+      <c r="B185" s="2" t="inlineStr">
+        <is>
+          <t>Energy Star udløbsdato</t>
+        </is>
+      </c>
+      <c r="C185" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemEnergyStarMarkExpirationDate</t>
+        </is>
+      </c>
+      <c r="F185" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H185" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J185" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K185" s="2" t="inlineStr">
+        <is>
+          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+        </is>
+      </c>
+    </row>
+    <row r="186" spans="1:11" customHeight="0">
+      <c r="A186" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (tekst)</t>
+        </is>
+      </c>
+      <c r="B186" s="2" t="inlineStr">
+        <is>
+          <t>Andre standarder</t>
+        </is>
+      </c>
+      <c r="C186" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemDSENISOStandard</t>
+        </is>
+      </c>
+      <c r="F186" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H186" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I186" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J186" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K186" s="2" t="inlineStr">
+        <is>
+          <t>Hvis varen er omfattet af en harmoniseret standard – så som DS, EN, eller ISO – angives koden her</t>
+        </is>
+      </c>
+    </row>
+    <row r="187" spans="1:11" customHeight="0">
+      <c r="A187" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B187" s="2" t="inlineStr">
+        <is>
+          <t>Omfattet af en eller flere andre standarder</t>
+        </is>
+      </c>
+      <c r="C187" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemSubjectToDSENISOStandard</t>
+        </is>
+      </c>
+      <c r="F187" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H187" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I187" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J187" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K187" s="2" t="inlineStr">
+        <is>
+          <t>Er varen omfattet af en eller flere andre standarder? (true/false)</t>
+        </is>
+      </c>
+    </row>
+    <row r="188" spans="1:11" customHeight="0">
+      <c r="A188" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B188" s="2" t="inlineStr">
+        <is>
+          <t>Unified Water Label-mærket</t>
+        </is>
+      </c>
+      <c r="C188" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemUnifiedWaterLabeled</t>
+        </is>
+      </c>
+      <c r="F188" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H188" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J188" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K188" s="2" t="inlineStr">
+        <is>
+          <t>Er varen Unified Water Label mærket? (true/false). Frivillig ordning. Hvis ’ja’: Husk at medsende UWLA-dokumentation og tilføje den under ATX-kode ATX001</t>
+        </is>
+      </c>
+    </row>
+    <row r="189" spans="1:11" customHeight="0">
+      <c r="A189" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (dato)</t>
+        </is>
+      </c>
+      <c r="B189" s="2" t="inlineStr">
+        <is>
+          <t>Unified Water Label udløbsdato</t>
+        </is>
+      </c>
+      <c r="C189" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemUnifiedWaterLabelExpirationDate</t>
+        </is>
+      </c>
+      <c r="F189" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H189" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J189" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K189" s="2" t="inlineStr">
+        <is>
+          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+        </is>
+      </c>
+    </row>
+    <row r="190" spans="1:11" customHeight="0">
+      <c r="A190" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B190" s="2" t="inlineStr">
+        <is>
+          <t>VA-godkendt</t>
+        </is>
+      </c>
+      <c r="C190" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemVAApproved</t>
+        </is>
+      </c>
+      <c r="F190" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H190" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I190" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J190" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K190" s="2" t="inlineStr">
+        <is>
+          <t>Er varen VA-godkendt? (true/false). Frivillig ordning. Hvis ’ja’: Husk at medsende VA-godkendelse og tilføje den under ATX-kode ATX001</t>
+        </is>
+      </c>
+    </row>
+    <row r="191" spans="1:11" customHeight="0">
+      <c r="A191" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (dato)</t>
+        </is>
+      </c>
+      <c r="B191" s="2" t="inlineStr">
+        <is>
+          <t>VA udløbsdato</t>
+        </is>
+      </c>
+      <c r="C191" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemVAExpirationDate</t>
+        </is>
+      </c>
+      <c r="F191" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G191" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H191" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I191" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J191" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K191" s="2" t="inlineStr">
+        <is>
+          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning.</t>
+        </is>
+      </c>
+    </row>
+    <row r="192" spans="1:11" customHeight="0">
+      <c r="A192" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (tekst)</t>
+        </is>
+      </c>
+      <c r="B192" s="2" t="inlineStr">
+        <is>
+          <t>VA-nummer</t>
+        </is>
+      </c>
+      <c r="C192" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemVANumber</t>
+        </is>
+      </c>
+      <c r="F192" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G192" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H192" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I192" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J192" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K192" s="2" t="inlineStr">
+        <is>
+          <t>Hvis varen er omfattet danske drikkevandsgodkendelser, angives VA-nummer. Frivillig ordning.</t>
+        </is>
+      </c>
+    </row>
+    <row r="193" spans="1:11" customHeight="0">
+      <c r="A193" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (tekst)</t>
+        </is>
+      </c>
+      <c r="B193" s="2" t="inlineStr">
+        <is>
+          <t>DK-VAND certifikatnummer</t>
+        </is>
+      </c>
+      <c r="C193" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemDKVANDCertificateNumber</t>
+        </is>
+      </c>
+      <c r="F193" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H193" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I193" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J193" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K193" s="2" t="inlineStr">
+        <is>
+          <t>Angiv varens DK-VAND certifikatnummer. Frivillig ordning.</t>
+        </is>
+      </c>
+    </row>
+    <row r="194" spans="1:11" customHeight="0">
+      <c r="A194" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B194" s="2" t="inlineStr">
+        <is>
+          <t>DK-VAND certificeret</t>
+        </is>
+      </c>
+      <c r="C194" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemDKVANDCertified</t>
+        </is>
+      </c>
+      <c r="F194" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H194" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I194" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J194" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K194" s="2" t="inlineStr">
+        <is>
+          <t>Er varen DK-VAND certificeret? (true/false). Frivillig ordning.     Hvis ’ja’: Husk at medsende DK-VAND certificering og tilføje den under ATX-kode ATX001</t>
+        </is>
+      </c>
+    </row>
+    <row r="195" spans="1:11" customHeight="0">
+      <c r="A195" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B195" s="2" t="inlineStr">
+        <is>
+          <t>GDV-godkendt (Danmark)</t>
+        </is>
+      </c>
+      <c r="C195" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemGDVApproved</t>
+        </is>
+      </c>
+      <c r="F195" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H195" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I195" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J195" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K195" s="2" t="inlineStr">
+        <is>
+          <t>Er varen GDV-godkendt? (true/false). Frivillig ordning.  Hvis ’ja’: Husk at medsende GDV-godkendelse og tilføje den under ATX-kode ATX001</t>
+        </is>
+      </c>
+    </row>
+    <row r="196" spans="1:11" customHeight="0">
+      <c r="A196" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (dato)</t>
+        </is>
+      </c>
+      <c r="B196" s="2" t="inlineStr">
+        <is>
+          <t>GDV-udløbsdato (Danmark)</t>
+        </is>
+      </c>
+      <c r="C196" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemGDVExpirationDate</t>
+        </is>
+      </c>
+      <c r="F196" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H196" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I196" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J196" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K196" s="2" t="inlineStr">
+        <is>
+          <t>Udløbsdato angives i formatet dd-mm-åååå</t>
+        </is>
+      </c>
+    </row>
+    <row r="197" spans="1:11" customHeight="0">
+      <c r="A197" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (tekst)</t>
+        </is>
+      </c>
+      <c r="B197" s="2" t="inlineStr">
+        <is>
+          <t>GDV-nummer (Danmark)</t>
+        </is>
+      </c>
+      <c r="C197" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemGDVNumber</t>
+        </is>
+      </c>
+      <c r="F197" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H197" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I197" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J197" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K197" s="2" t="inlineStr">
+        <is>
+          <t>Hvis varen er omfattet danske drikkevandsgodkendelser, angives GDV-nummer</t>
+        </is>
+      </c>
+    </row>
+    <row r="198" spans="1:11" customHeight="0">
+      <c r="A198" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (dato)</t>
+        </is>
+      </c>
+      <c r="B198" s="2" t="inlineStr">
+        <is>
+          <t>Kiwa Water Mark udløbsdato (Nederlandene)</t>
+        </is>
+      </c>
+      <c r="C198" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemKIWAExpirationDate</t>
+        </is>
+      </c>
+      <c r="F198" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H198" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I198" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J198" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K198" s="2" t="inlineStr">
+        <is>
+          <t>Udløbsdato angives i formatet dd-mm-åååå. Frivillig ordning</t>
+        </is>
+      </c>
+    </row>
+    <row r="199" spans="1:11" customHeight="0">
+      <c r="A199" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B199" s="2" t="inlineStr">
+        <is>
+          <t>Kiwa Water Mark-certificeret (Nederlandene)</t>
+        </is>
+      </c>
+      <c r="C199" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemKIWAMarked</t>
+        </is>
+      </c>
+      <c r="F199" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H199" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I199" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J199" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K199" s="2" t="inlineStr">
+        <is>
+          <t>Er varen Kiwa Water Mark-certificeret? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende Kiwa Water Mark-certifikat og tilføje den under ATX-kode ATX001.</t>
+        </is>
+      </c>
+    </row>
+    <row r="200" spans="1:11" customHeight="0">
+      <c r="A200" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (tekst)</t>
+        </is>
+      </c>
+      <c r="B200" s="2" t="inlineStr">
+        <is>
+          <t>Kiwa Water Mark-nummer (Nederlandene)</t>
+        </is>
+      </c>
+      <c r="C200" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemKIWANumber</t>
+        </is>
+      </c>
+      <c r="F200" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H200" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I200" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J200" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K200" s="2" t="inlineStr">
+        <is>
+          <t>Hvis varen er omfattet nederlandske drikkevandsgodkendelser, angives Kiwa-nummer</t>
+        </is>
+      </c>
+    </row>
+    <row r="201" spans="1:11" customHeight="0">
+      <c r="A201" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B201" s="2" t="inlineStr">
+        <is>
+          <t>DVGW/KTW-certificeret (Tyskland)</t>
+        </is>
+      </c>
+      <c r="C201" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemKTWDVGWcertified</t>
+        </is>
+      </c>
+      <c r="F201" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H201" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I201" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J201" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K201" s="2" t="inlineStr">
+        <is>
+          <t>Er varen DVGW/KTW certificeret? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende DVGW/KTW-certifikat og tilføje den under ATX-kode ATX001</t>
+        </is>
+      </c>
+    </row>
+    <row r="202" spans="1:11" customHeight="0">
+      <c r="A202" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (dato)</t>
+        </is>
+      </c>
+      <c r="B202" s="2" t="inlineStr">
+        <is>
+          <t>DVGW/KTW udløbsdato (Tyskland)</t>
+        </is>
+      </c>
+      <c r="C202" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemKTWDVGWExpirationDate</t>
+        </is>
+      </c>
+      <c r="F202" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H202" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I202" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J202" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K202" s="2" t="inlineStr">
+        <is>
+          <t>Udløbsdato angives i formatet dd-mm-åååå.Frivillig ordning</t>
+        </is>
+      </c>
+    </row>
+    <row r="203" spans="1:11" customHeight="0">
+      <c r="A203" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (tekst)</t>
+        </is>
+      </c>
+      <c r="B203" s="2" t="inlineStr">
+        <is>
+          <t>DVGW/KTW-nummer (Tyskland)</t>
+        </is>
+      </c>
+      <c r="C203" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemKTWDVGWNumber</t>
+        </is>
+      </c>
+      <c r="F203" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H203" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I203" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J203" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K203" s="2" t="inlineStr">
+        <is>
+          <t>Hvis varen er omfattet tyske drikkevandsgodkendelser, angives DVGW/KTW-nummer</t>
+        </is>
+      </c>
+    </row>
+    <row r="204" spans="1:11" customHeight="0">
+      <c r="A204" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (dato)</t>
+        </is>
+      </c>
+      <c r="B204" s="2" t="inlineStr">
+        <is>
+          <t>RISE-typegodkendelse udløbsdato (Sverige)</t>
+        </is>
+      </c>
+      <c r="C204" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemRiseTypeApprovalExpirationDate</t>
+        </is>
+      </c>
+      <c r="F204" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H204" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J204" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K204" s="2" t="inlineStr">
+        <is>
+          <t>Udløbsdato angives i formatet dd-mm-åååå</t>
+        </is>
+      </c>
+    </row>
+    <row r="205" spans="1:11" customHeight="0">
+      <c r="A205" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (tekst)</t>
+        </is>
+      </c>
+      <c r="B205" s="2" t="inlineStr">
+        <is>
+          <t>RISE-typegodkendelsesnummer (Sverige)</t>
+        </is>
+      </c>
+      <c r="C205" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemRiseTypeApprovalNumber</t>
+        </is>
+      </c>
+      <c r="F205" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H205" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J205" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K205" s="2" t="inlineStr">
+        <is>
+          <t>Hvis varen er omfattet svenske drikkevandsgodkendelser, angives RISE-typegodkendelsesnummer</t>
+        </is>
+      </c>
+    </row>
+    <row r="206" spans="1:11" customHeight="0">
+      <c r="A206" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B206" s="2" t="inlineStr">
+        <is>
+          <t>RISE-typegodkendt (Sverige)</t>
+        </is>
+      </c>
+      <c r="C206" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemRiseTypeApproved</t>
+        </is>
+      </c>
+      <c r="F206" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H206" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J206" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K206" s="2" t="inlineStr">
+        <is>
+          <t>Er varen RISE-typegodkendt? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende RISE typegodkendelse og tilføje den under ATX-kode ATX001</t>
+        </is>
+      </c>
+    </row>
+    <row r="207" spans="1:11" customHeight="0">
+      <c r="A207" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (dato)</t>
+        </is>
+      </c>
+      <c r="B207" s="2" t="inlineStr">
+        <is>
+          <t>KIWA udløbsdato (Sverige)</t>
+        </is>
+      </c>
+      <c r="C207" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemSPKIWAExpirationDate</t>
+        </is>
+      </c>
+      <c r="F207" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H207" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I207" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J207" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K207" s="2" t="inlineStr">
+        <is>
+          <t>Udløbsdato angives i formatet dd-mm-åååå.Frivillig ordning</t>
+        </is>
+      </c>
+    </row>
+    <row r="208" spans="1:11" customHeight="0">
+      <c r="A208" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (tekst)</t>
+        </is>
+      </c>
+      <c r="B208" s="2" t="inlineStr">
+        <is>
+          <t>KIWA-typegodkendelsesnummer (Sverige)</t>
+        </is>
+      </c>
+      <c r="C208" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemSPKIWANumber</t>
+        </is>
+      </c>
+      <c r="F208" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H208" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I208" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J208" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K208" s="2" t="inlineStr">
+        <is>
+          <t>Hvis varen er omfattet svenske drikkevandsgodkendelser, angives SP/KIWA-nummer</t>
+        </is>
+      </c>
+    </row>
+    <row r="209" spans="1:11" customHeight="0">
+      <c r="A209" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B209" s="2" t="inlineStr">
+        <is>
+          <t>KIWA-typegodkendt (Sverige)</t>
+        </is>
+      </c>
+      <c r="C209" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemSPKIWATypeApproved</t>
+        </is>
+      </c>
+      <c r="F209" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H209" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I209" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J209" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K209" s="2" t="inlineStr">
+        <is>
+          <t>Er varen KIWA-typegodkendt? (true/false). Frivillig ordning.Hvis ’ja’: Husk at medsende RISE typegodkendelse og tilføje den under ATX-kode ATX001</t>
+        </is>
+      </c>
+    </row>
+    <row r="210" spans="1:11" customHeight="0">
+      <c r="A210" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B210" s="2" t="inlineStr">
+        <is>
+          <t>Begrænset holdbarhed</t>
+        </is>
+      </c>
+      <c r="C210" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemShelfLife</t>
+        </is>
+      </c>
+      <c r="F210" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H210" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J210" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K210" s="2" t="inlineStr">
+        <is>
+          <t>Er der en begrænset holdbarhed/udløbsdato for varen? (true/false)</t>
+        </is>
+      </c>
+    </row>
+    <row r="211" spans="1:11" customHeight="0">
+      <c r="A211" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (nummer)</t>
+        </is>
+      </c>
+      <c r="B211" s="2" t="inlineStr">
+        <is>
+          <t>Batteri afgiftsvægt (kg)</t>
+        </is>
+      </c>
+      <c r="C211" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemBatteryTaxWeigth</t>
+        </is>
+      </c>
+      <c r="F211" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H211" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J211" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K211" s="2" t="inlineStr">
+        <is>
+          <t>Angiv den vægt der skal svares batteriafgift af (angives i kg)</t>
+        </is>
+      </c>
+    </row>
+    <row r="212" spans="1:11" customHeight="0">
+      <c r="A212" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (tekst)</t>
+        </is>
+      </c>
+      <c r="B212" s="2" t="inlineStr">
+        <is>
+          <t>CAS numre og navne</t>
+        </is>
+      </c>
+      <c r="C212" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemCASNumbersAndNames</t>
+        </is>
+      </c>
+      <c r="F212" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H212" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J212" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K212" s="2" t="inlineStr">
+        <is>
+          <t>Angiv de CAS-numre der er omfattet af varens SCIP-registrering. Eksempelvis: ”(CAS-nr. 7439-92-1) Lead”</t>
+        </is>
+      </c>
+    </row>
+    <row r="213" spans="1:11" customHeight="0">
+      <c r="A213" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (nummer)</t>
+        </is>
+      </c>
+      <c r="B213" s="2" t="inlineStr">
+        <is>
+          <t>Antal batterier</t>
+        </is>
+      </c>
+      <c r="C213" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemContainsBatteryAmount</t>
+        </is>
+      </c>
+      <c r="F213" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H213" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J213" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K213" s="2" t="inlineStr">
+        <is>
+          <t>Hvis varen indeholder batterier, angiv her antallet af batterier</t>
+        </is>
+      </c>
+    </row>
+    <row r="214" spans="1:11" customHeight="0">
+      <c r="A214" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (select)</t>
+        </is>
+      </c>
+      <c r="B214" s="2" t="inlineStr">
+        <is>
+          <t>Batteritype</t>
+        </is>
+      </c>
+      <c r="C214" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemContainsBatteryChoises_CVL</t>
+        </is>
+      </c>
+      <c r="F214" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H214" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J214" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K214" s="2" t="inlineStr">
+        <is>
+          <t>BENYT EN NØGLEVÆRDI: BAT20 for ’Industribateri’, BAT22 for ’Bilbatteri’, BAT23 for ’Bærbar batteri’</t>
+        </is>
+      </c>
+    </row>
+    <row r="215" spans="1:11" customHeight="0">
+      <c r="A215" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B215" s="2" t="inlineStr">
+        <is>
+          <t>Indeholder PVC</t>
+        </is>
+      </c>
+      <c r="C215" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemContainsPVC</t>
+        </is>
+      </c>
+      <c r="F215" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H215" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J215" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K215" s="2" t="inlineStr">
+        <is>
+          <t>Indeholder varen PVC? (true/false)</t>
+        </is>
+      </c>
+    </row>
+    <row r="216" spans="1:11" customHeight="0">
+      <c r="A216" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B216" s="2" t="inlineStr">
+        <is>
+          <t>Farligt gods?</t>
+        </is>
+      </c>
+      <c r="C216" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemDG</t>
+        </is>
+      </c>
+      <c r="F216" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H216" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J216" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K216" s="2" t="inlineStr">
+        <is>
+          <t>Er varen kategoriseret som farligt gods?(true/false)</t>
+        </is>
+      </c>
+    </row>
+    <row r="217" spans="1:11" customHeight="0">
+      <c r="A217" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B217" s="2" t="inlineStr">
+        <is>
+          <t>Indberetningspligtig jvf. lov om Udgangsstoffer for eksplosivstoffer</t>
+        </is>
+      </c>
+      <c r="C217" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemExplosivesPrecursor</t>
+        </is>
+      </c>
+      <c r="F217" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H217" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J217" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K217" s="2" t="inlineStr">
+        <is>
+          <t>Er der indberetningspligt jf. lov om Udgangsstoffer for eksplosivstoffer? (true/false)</t>
+        </is>
+      </c>
+    </row>
+    <row r="218" spans="1:11" customHeight="0">
+      <c r="A218" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (select)</t>
+        </is>
+      </c>
+      <c r="B218" s="2" t="inlineStr">
+        <is>
+          <t>PVC blødgører type</t>
+        </is>
+      </c>
+      <c r="C218" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemPVCPlasticiserType_CVL</t>
+        </is>
+      </c>
+      <c r="F218" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H218" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J218" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K218" s="2" t="inlineStr">
+        <is>
+          <t>Angiv PVC blødgører type: BENYT EN NØGLEVÆRDI: FtalatBased , NonFtalatBased , NoPlasticiser</t>
+        </is>
+      </c>
+    </row>
+    <row r="219" spans="1:11" customHeight="0">
+      <c r="A219" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (nummer)</t>
+        </is>
+      </c>
+      <c r="B219" s="2" t="inlineStr">
+        <is>
+          <t>PVC afgiftsvægt (kg)</t>
+        </is>
+      </c>
+      <c r="C219" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemPVCTaxWeigth</t>
+        </is>
+      </c>
+      <c r="F219" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H219" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J219" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K219" s="2" t="inlineStr">
+        <is>
+          <t>Angiv den vægt der skal svares PVC-afgift af (angives i kg)</t>
+        </is>
+      </c>
+    </row>
+    <row r="220" spans="1:11" customHeight="0">
+      <c r="A220" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B220" s="2" t="inlineStr">
+        <is>
+          <t>Kræver giftmeddelelse</t>
+        </is>
+      </c>
+      <c r="C220" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemRequireToxicCertificat</t>
+        </is>
+      </c>
+      <c r="F220" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H220" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J220" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K220" s="2" t="inlineStr">
+        <is>
+          <t>Kræver varen gifttilladelse? (true/false)</t>
+        </is>
+      </c>
+    </row>
+    <row r="221" spans="1:11" customHeight="0">
+      <c r="A221" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (logisk værdi)</t>
+        </is>
+      </c>
+      <c r="B221" s="2" t="inlineStr">
+        <is>
+          <t>Omfattet af WEEE/elretur</t>
+        </is>
+      </c>
+      <c r="C221" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemSubjectToWEEE</t>
+        </is>
+      </c>
+      <c r="F221" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H221" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J221" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K221" s="2" t="inlineStr">
+        <is>
+          <t>Er varen omfattet af WEEE/EL-Retur? (true/false)</t>
+        </is>
+      </c>
+    </row>
+    <row r="222" spans="1:11" customHeight="0">
+      <c r="A222" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (select)</t>
+        </is>
+      </c>
+      <c r="B222" s="2" t="inlineStr">
+        <is>
+          <t>WEEE elreturkode</t>
+        </is>
+      </c>
+      <c r="C222" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemWEEECode_CVL</t>
+        </is>
+      </c>
+      <c r="F222" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H222" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J222" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K222" s="2" t="inlineStr">
+        <is>
+          <t>Angiv WEEE EL-Returkode: BENYT EN NØGLEVÆRDI:  WEEE1_1 , WEEE1_2 , WEEE2_1 , WEEE2_2 , WEEE3_1 , WEEE4_1 , WEEE4_2 , WEEE4_3 , WEEE5_1 , WEEE6_1 , WEEE7_1</t>
+        </is>
+      </c>
+    </row>
+    <row r="223" spans="1:11" customHeight="0">
+      <c r="A223" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (nummer)</t>
+        </is>
+      </c>
+      <c r="B223" s="2" t="inlineStr">
+        <is>
+          <t>WEEE afgiftsvægt (kg)</t>
+        </is>
+      </c>
+      <c r="C223" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemWEEETaxWeigth</t>
+        </is>
+      </c>
+      <c r="F223" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H223" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J223" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K223" s="2" t="inlineStr">
+        <is>
+          <t>Angiv den vægt der skal svares WEEE-afgift af (angives i kg)</t>
+        </is>
+      </c>
+    </row>
+    <row r="224" spans="1:11" customHeight="0">
+      <c r="A224" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (nummer)</t>
+        </is>
+      </c>
+      <c r="B224" s="2" t="inlineStr">
+        <is>
+          <t>Country Branch Number HVAC DK</t>
+        </is>
+      </c>
+      <c r="C224" s="2" t="inlineStr">
+        <is>
+          <t>attributes|CBN_HVAC_DK</t>
+        </is>
+      </c>
+      <c r="F224" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H224" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J224" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+    </row>
+    <row r="225" spans="1:11" customHeight="0">
+      <c r="A225" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (nummer)</t>
+        </is>
+      </c>
+      <c r="B225" s="2" t="inlineStr">
+        <is>
+          <t>Country Branch Number HVAC FI</t>
+        </is>
+      </c>
+      <c r="C225" s="2" t="inlineStr">
+        <is>
+          <t>attributes|CBN_HVAC_FI</t>
+        </is>
+      </c>
+      <c r="F225" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H225" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J225" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+    </row>
+    <row r="226" spans="1:11" customHeight="0">
+      <c r="A226" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (nummer)</t>
+        </is>
+      </c>
+      <c r="B226" s="2" t="inlineStr">
+        <is>
+          <t>Country Branch Number HVAC NO</t>
+        </is>
+      </c>
+      <c r="C226" s="2" t="inlineStr">
+        <is>
+          <t>attributes|CBN_HVAC_NO</t>
+        </is>
+      </c>
+      <c r="F226" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H226" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J226" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+    </row>
+    <row r="227" spans="1:11" customHeight="0">
+      <c r="A227" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (nummer)</t>
+        </is>
+      </c>
+      <c r="B227" s="2" t="inlineStr">
+        <is>
+          <t>Country Branch Number HVAC SE</t>
+        </is>
+      </c>
+      <c r="C227" s="2" t="inlineStr">
+        <is>
+          <t>attributes|CBN_HVAC_SE</t>
+        </is>
+      </c>
+      <c r="F227" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H227" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J227" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+    </row>
+    <row r="228" spans="1:11" customHeight="0">
+      <c r="A228" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (nummer)</t>
+        </is>
+      </c>
+      <c r="B228" s="2" t="inlineStr">
+        <is>
+          <t>EPREL-ID</t>
+        </is>
+      </c>
+      <c r="C228" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemEPREL</t>
+        </is>
+      </c>
+      <c r="F228" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H228" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J228" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K228" s="2" t="inlineStr">
+        <is>
+          <t>EPREL-ID (European Product Registry for Energy Labelling) er et unikt identifikationsnummer, der tildeles produkter, som er omfattet af EU’s energimærkningskrav. Det bruges i forbindelse med den obligatoriske registrering af energimærkede produkter.</t>
+        </is>
+      </c>
+    </row>
+    <row r="229" spans="1:11" customHeight="0">
+      <c r="A229" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (flersproget tekst)</t>
+        </is>
+      </c>
+      <c r="B229" s="2" t="inlineStr">
+        <is>
+          <t>Materiale (Leverandørens tekst)</t>
+        </is>
+      </c>
+      <c r="C229" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemMaterial</t>
+        </is>
+      </c>
+      <c r="F229" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H229" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I229" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J229" s="2" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
+      <c r="K229" s="2" t="inlineStr">
+        <is>
+          <t>Informationer om hvilke(t) materiale(r) varen er fremstillet af</t>
+        </is>
+      </c>
+    </row>
+    <row r="230" spans="1:11" customHeight="0">
+      <c r="A230" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (flersproget tekst)</t>
+        </is>
+      </c>
+      <c r="B230" s="2" t="inlineStr">
+        <is>
+          <t>Overflade (Leverandørens tekst)</t>
+        </is>
+      </c>
+      <c r="C230" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemSurface</t>
+        </is>
+      </c>
+      <c r="F230" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H230" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="I230" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J230" s="2" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
+      <c r="K230" s="2" t="inlineStr">
+        <is>
+          <t>Informationer om varens overfladekarakter og -egenskaber</t>
+        </is>
+      </c>
+    </row>
+    <row r="231" spans="1:11" customHeight="0">
+      <c r="A231" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (flersproget tekst)</t>
+        </is>
+      </c>
+      <c r="B231" s="2" t="inlineStr">
+        <is>
+          <t>Anvendes til</t>
+        </is>
+      </c>
+      <c r="C231" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemUsedFor</t>
+        </is>
+      </c>
+      <c r="F231" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H231" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J231" s="2" t="inlineStr">
+        <is>
+          <t>Ja</t>
+        </is>
+      </c>
+      <c r="K231" s="2" t="inlineStr">
+        <is>
+          <t>Hvis varen anvendes til specifikke medier, rørtyper eller andre anvendelsesforhold angives det her.</t>
+        </is>
+      </c>
+    </row>
+    <row r="232" spans="1:11" customHeight="0">
+      <c r="A232" s="2" t="inlineStr">
+        <is>
+          <t>Attribut (reference)</t>
+        </is>
+      </c>
+      <c r="B232" s="2" t="inlineStr">
+        <is>
+          <t>CE-mærket</t>
+        </is>
+      </c>
+      <c r="C232" s="2" t="inlineStr">
+        <is>
+          <t>attributes|ItemCE</t>
+        </is>
+      </c>
+      <c r="H232" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J232" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K232" s="2" t="inlineStr">
+        <is>
+          <t>Er varen CE-mærket?  (true/false). Frivillig ordning.    Hvis ’ja’: Husk at medsende ydeevnedeklaration (DoP) og tilføje den under ATX-kode ATX005   ELLER   Overensstemmelsesærklæring (DoC) og tilføje den under ATX-kode ATX001</t>
+        </is>
+      </c>
+    </row>
+    <row r="233" spans="1:11" customHeight="0">
+      <c r="A233" s="2" t="inlineStr">
+        <is>
           <t>LCA</t>
         </is>
       </c>
-      <c r="B184" s="2" t="inlineStr">
+      <c r="B233" s="2" t="inlineStr">
+        <is>
+          <t>database</t>
+        </is>
+      </c>
+      <c r="C233" s="2" t="inlineStr">
+        <is>
+          <t>lca|database</t>
+        </is>
+      </c>
+      <c r="F233" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G233" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H233" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J233" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K233" s="2" t="inlineStr">
+        <is>
+          <t>Database for LCA-datasættet</t>
+        </is>
+      </c>
+    </row>
+    <row r="234" spans="1:11" customHeight="0">
+      <c r="A234" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B234" s="2" t="inlineStr">
+        <is>
+          <t>UUID</t>
+        </is>
+      </c>
+      <c r="C234" s="2" t="inlineStr">
+        <is>
+          <t>lca|uuid</t>
+        </is>
+      </c>
+      <c r="F234" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G234" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H234" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J234" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K234" s="2" t="inlineStr">
+        <is>
+          <t>Universel unik identifikator for LCA-datasættet</t>
+        </is>
+      </c>
+    </row>
+    <row r="235" spans="1:11" customHeight="0">
+      <c r="A235" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B235" s="2" t="inlineStr">
+        <is>
+          <t>Link</t>
+        </is>
+      </c>
+      <c r="C235" s="2" t="inlineStr">
+        <is>
+          <t>lca|link</t>
+        </is>
+      </c>
+      <c r="F235" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G235" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H235" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J235" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K235" s="2" t="inlineStr">
+        <is>
+          <t>Link til kilde-LCA-datasættet i databasen</t>
+        </is>
+      </c>
+    </row>
+    <row r="236" spans="1:11" customHeight="0">
+      <c r="A236" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B236" s="2" t="inlineStr">
+        <is>
+          <t>EPD-link</t>
+        </is>
+      </c>
+      <c r="C236" s="2" t="inlineStr">
+        <is>
+          <t>lca|epdLink</t>
+        </is>
+      </c>
+      <c r="F236" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G236" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H236" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J236" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K236" s="2" t="inlineStr">
+        <is>
+          <t>Link til miljøvaredeklarationen (EPD)</t>
+        </is>
+      </c>
+    </row>
+    <row r="237" spans="1:11" customHeight="0">
+      <c r="A237" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B237" s="2" t="inlineStr">
+        <is>
+          <t>Kategori</t>
+        </is>
+      </c>
+      <c r="C237" s="2" t="inlineStr">
+        <is>
+          <t>lca|category</t>
+        </is>
+      </c>
+      <c r="F237" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G237" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H237" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J237" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K237" s="2" t="inlineStr">
+        <is>
+          <t>Kategori for LCA-datasættet</t>
+        </is>
+      </c>
+    </row>
+    <row r="238" spans="1:11" customHeight="0">
+      <c r="A238" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B238" s="2" t="inlineStr">
+        <is>
+          <t>Navn</t>
+        </is>
+      </c>
+      <c r="C238" s="2" t="inlineStr">
+        <is>
+          <t>lca|name</t>
+        </is>
+      </c>
+      <c r="F238" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G238" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H238" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J238" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K238" s="2" t="inlineStr">
+        <is>
+          <t>Navn på LCA-datasættet</t>
+        </is>
+      </c>
+    </row>
+    <row r="239" spans="1:11" customHeight="0">
+      <c r="A239" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B239" s="2" t="inlineStr">
+        <is>
+          <t>Beliggenhed</t>
+        </is>
+      </c>
+      <c r="C239" s="2" t="inlineStr">
+        <is>
+          <t>lca|location</t>
+        </is>
+      </c>
+      <c r="F239" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G239" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H239" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J239" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K239" s="2" t="inlineStr">
+        <is>
+          <t>Land/region for LCA-datasættet</t>
+        </is>
+      </c>
+    </row>
+    <row r="240" spans="1:11" customHeight="0">
+      <c r="A240" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B240" s="2" t="inlineStr">
+        <is>
+          <t>Gyldig til</t>
+        </is>
+      </c>
+      <c r="C240" s="2" t="inlineStr">
+        <is>
+          <t>lca|validTo</t>
+        </is>
+      </c>
+      <c r="F240" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G240" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H240" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J240" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K240" s="2" t="inlineStr">
+        <is>
+          <t>Gyldighedsår for LCA-datasættet</t>
+        </is>
+      </c>
+    </row>
+    <row r="241" spans="1:11" customHeight="0">
+      <c r="A241" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B241" s="2" t="inlineStr">
+        <is>
+          <t>Navn på referencestrømmen</t>
+        </is>
+      </c>
+      <c r="C241" s="2" t="inlineStr">
+        <is>
+          <t>lca|referenceFlowName</t>
+        </is>
+      </c>
+      <c r="F241" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G241" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H241" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J241" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K241" s="2" t="inlineStr">
+        <is>
+          <t>Navn på referencen LCA-datasæt</t>
+        </is>
+      </c>
+    </row>
+    <row r="242" spans="1:11" customHeight="0">
+      <c r="A242" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B242" s="2" t="inlineStr">
+        <is>
+          <t>Enhed for referenceflowet</t>
+        </is>
+      </c>
+      <c r="C242" s="2" t="inlineStr">
+        <is>
+          <t>lca|referenceFlowUnit</t>
+        </is>
+      </c>
+      <c r="F242" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G242" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H242" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J242" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K242" s="2" t="inlineStr">
+        <is>
+          <t>Konverteringsenhed for LCA-referencedatasættet</t>
+        </is>
+      </c>
+    </row>
+    <row r="243" spans="1:11" customHeight="0">
+      <c r="A243" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B243" s="2" t="inlineStr">
+        <is>
+          <t>Link til referencestrømmen</t>
+        </is>
+      </c>
+      <c r="C243" s="2" t="inlineStr">
+        <is>
+          <t>lca|referenceFlowLink</t>
+        </is>
+      </c>
+      <c r="F243" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G243" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H243" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J243" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K243" s="2" t="inlineStr">
+        <is>
+          <t>Link til websiden til reference LCA-datasættet</t>
+        </is>
+      </c>
+    </row>
+    <row r="244" spans="1:11" customHeight="0">
+      <c r="A244" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B244" s="2" t="inlineStr">
+        <is>
+          <t>Type</t>
+        </is>
+      </c>
+      <c r="C244" s="2" t="inlineStr">
+        <is>
+          <t>lca|type</t>
+        </is>
+      </c>
+      <c r="F244" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G244" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H244" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J244" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K244" s="2" t="inlineStr">
+        <is>
+          <t>Type af LCA-datasæt</t>
+        </is>
+      </c>
+    </row>
+    <row r="245" spans="1:11" customHeight="0">
+      <c r="A245" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B245" s="2" t="inlineStr">
+        <is>
+          <t>Ejer</t>
+        </is>
+      </c>
+      <c r="C245" s="2" t="inlineStr">
+        <is>
+          <t>lca|owner</t>
+        </is>
+      </c>
+      <c r="F245" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G245" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H245" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J245" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K245" s="2" t="inlineStr">
+        <is>
+          <t>Ejer/skaber af LCA-datasættet</t>
+        </is>
+      </c>
+    </row>
+    <row r="246" spans="1:11" customHeight="0">
+      <c r="A246" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B246" s="2" t="inlineStr">
+        <is>
+          <t>Overensstemmelse</t>
+        </is>
+      </c>
+      <c r="C246" s="2" t="inlineStr">
+        <is>
+          <t>lca|compliance</t>
+        </is>
+      </c>
+      <c r="F246" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G246" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H246" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J246" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K246" s="2" t="inlineStr">
+        <is>
+          <t>LCA-datasættets overensstemmelse med DIN/EN-standarderne</t>
+        </is>
+      </c>
+    </row>
+    <row r="247" spans="1:11" customHeight="0">
+      <c r="A247" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B247" s="2" t="inlineStr">
+        <is>
+          <t>Type af gennemgang</t>
+        </is>
+      </c>
+      <c r="C247" s="2" t="inlineStr">
+        <is>
+          <t>lca|reviewType</t>
+        </is>
+      </c>
+      <c r="F247" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G247" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H247" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J247" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K247" s="2" t="inlineStr">
+        <is>
+          <t>Type enhed, der udfører uafhængig vurdering og validering af LCA-undersøgelsesdata, -metoder og -resultater</t>
+        </is>
+      </c>
+    </row>
+    <row r="248" spans="1:11" customHeight="0">
+      <c r="A248" s="2" t="inlineStr">
+        <is>
+          <t>LCA</t>
+        </is>
+      </c>
+      <c r="B248" s="2" t="inlineStr">
         <is>
           <t>Værdier</t>
         </is>
       </c>
-      <c r="C184" s="2" t="inlineStr">
+      <c r="C248" s="2" t="inlineStr">
         <is>
           <t>lca|values</t>
         </is>
       </c>
-      <c r="F184" s="2" t="inlineStr">
-[...19 lines deleted...]
-      <c r="K184" s="2" t="inlineStr">
+      <c r="F248" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="G248" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="H248" s="2" t="inlineStr">
+        <is>
+          <t>+</t>
+        </is>
+      </c>
+      <c r="J248" s="2" t="inlineStr">
+        <is>
+          <t>Nej</t>
+        </is>
+      </c>
+      <c r="K248" s="2" t="inlineStr">
         <is>
           <t>Værdier for de individuelle indikatorer i LCA-datasættet i henhold til produktets livscyklusfaser</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:A2"/>
   <cols>
     <col min="1" max="16384" width="13" customWidth="true"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" customHeight="0">
       <c r="A1" s="3" t="inlineStr">
         <is>
-          <t>20260105T135132</t>
+          <t>20260222T143049</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:1" customHeight="0">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>Branchekataloget PIM 10.13</t>
+          <t>Branchekataloget PIM 10.18</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language/>